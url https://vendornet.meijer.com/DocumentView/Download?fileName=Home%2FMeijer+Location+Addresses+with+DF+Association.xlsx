--- v0 (2025-10-06)
+++ v1 (2025-11-23)
@@ -1,72 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/embeddings/oleObject1.bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/namedSheetViews/namedSheetView1.xml" ContentType="application/vnd.ms-excel.namedsheetviews+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://meijer365.sharepoint.com/sites/VendorMDM/Shared Documents/VendorNet/Section General Info/Store Information/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="474" documentId="14_{F542D4DD-C049-4937-8F72-562C33C4723C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{97C5FBF6-7A8D-49E0-9AA0-735A031082ED}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{BC3E423A-6413-48E9-BD75-4ADBDED14535}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="23880" yWindow="-120" windowWidth="24240" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ADDRESSES" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ADDRESSES!$A$3:$AF$336</definedName>
     <definedName name="_xlnm.Database">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">ADDRESSES!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -7163,51 +7162,51 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="91">
+  <cellXfs count="90">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
@@ -7358,90 +7357,89 @@
     </xf>
     <xf numFmtId="1" fontId="3" fillId="8" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="7" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="3" fillId="1" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="1" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
@@ -7489,54 +7487,50 @@
               <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<namedSheetViews xmlns="http://schemas.microsoft.com/office/spreadsheetml/2019/namedsheetviews" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7781,192 +7775,192 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2019/04/relationships/namedSheetView" Target="../namedSheetViews/namedSheetView1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AG339"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3"/>
+    <sheetView tabSelected="1" topLeftCell="I127" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A152" sqref="A152:XFD152"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.1640625" style="5" customWidth="1"/>
     <col min="2" max="2" width="19.6640625" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="42.5" style="6" customWidth="1"/>
-    <col min="4" max="4" width="28.1640625" style="81" customWidth="1"/>
+    <col min="4" max="4" width="28.1640625" style="77" customWidth="1"/>
     <col min="5" max="5" width="13.6640625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.6640625" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="41.5" style="6" customWidth="1"/>
     <col min="8" max="8" width="19.1640625" style="7" customWidth="1"/>
     <col min="9" max="9" width="21.1640625" style="8" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" style="8" customWidth="1"/>
     <col min="11" max="11" width="34" style="6" customWidth="1"/>
     <col min="12" max="12" width="17" style="4" customWidth="1"/>
     <col min="13" max="13" width="17.33203125" style="9" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="20.33203125" style="9" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="23.5" style="9" customWidth="1"/>
     <col min="16" max="16" width="9.5" style="4" customWidth="1"/>
     <col min="17" max="32" width="14.83203125" style="9" customWidth="1"/>
     <col min="33" max="16384" width="9.33203125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" s="12" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="76" t="s">
+      <c r="A1" s="86" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="76"/>
-[...12 lines deleted...]
-      <c r="O1" s="86"/>
+      <c r="B1" s="86"/>
+      <c r="C1" s="86"/>
+      <c r="D1" s="87"/>
+      <c r="E1" s="86"/>
+      <c r="F1" s="86"/>
+      <c r="G1" s="86"/>
+      <c r="H1" s="86"/>
+      <c r="I1" s="86"/>
+      <c r="J1" s="86"/>
+      <c r="K1" s="86"/>
+      <c r="L1" s="86"/>
+      <c r="M1" s="86"/>
+      <c r="N1" s="86"/>
+      <c r="O1" s="81"/>
       <c r="P1" s="11"/>
       <c r="Q1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="R1" s="1"/>
       <c r="S1" s="2">
         <v>45861</v>
       </c>
       <c r="T1" s="1"/>
       <c r="U1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
     </row>
     <row r="2" spans="1:32" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="77" t="s">
+      <c r="A2" s="88" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="77"/>
-[...12 lines deleted...]
-      <c r="O2" s="87"/>
+      <c r="B2" s="88"/>
+      <c r="C2" s="88"/>
+      <c r="D2" s="89"/>
+      <c r="E2" s="88"/>
+      <c r="F2" s="88"/>
+      <c r="G2" s="88"/>
+      <c r="H2" s="88"/>
+      <c r="I2" s="88"/>
+      <c r="J2" s="88"/>
+      <c r="K2" s="88"/>
+      <c r="L2" s="88"/>
+      <c r="M2" s="88"/>
+      <c r="N2" s="88"/>
+      <c r="O2" s="82"/>
       <c r="P2" s="62"/>
-      <c r="Q2" s="77" t="s">
+      <c r="Q2" s="88" t="s">
         <v>4</v>
       </c>
-      <c r="R2" s="77"/>
-[...12 lines deleted...]
-      <c r="AE2" s="77"/>
+      <c r="R2" s="88"/>
+      <c r="S2" s="88"/>
+      <c r="T2" s="88"/>
+      <c r="U2" s="88"/>
+      <c r="V2" s="88"/>
+      <c r="W2" s="88"/>
+      <c r="X2" s="88"/>
+      <c r="Y2" s="88"/>
+      <c r="Z2" s="88"/>
+      <c r="AA2" s="88"/>
+      <c r="AB2" s="88"/>
+      <c r="AC2" s="88"/>
+      <c r="AD2" s="88"/>
+      <c r="AE2" s="88"/>
       <c r="AF2" s="61"/>
     </row>
     <row r="3" spans="1:32" s="10" customFormat="1" ht="84.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="63" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="63" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="D3" s="80" t="s">
+      <c r="D3" s="76" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="63" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="63" t="s">
         <v>10</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>11</v>
       </c>
       <c r="H3" s="65" t="s">
         <v>12</v>
       </c>
       <c r="I3" s="66" t="s">
         <v>13</v>
       </c>
-      <c r="J3" s="82" t="s">
+      <c r="J3" s="78" t="s">
         <v>14</v>
       </c>
       <c r="K3" s="64" t="s">
         <v>15</v>
       </c>
       <c r="L3" s="67" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="63" t="s">
         <v>17</v>
       </c>
       <c r="N3" s="63" t="s">
         <v>18</v>
       </c>
       <c r="O3" s="63" t="s">
         <v>19</v>
       </c>
       <c r="P3" s="68" t="s">
         <v>20</v>
       </c>
       <c r="Q3" s="69" t="s">
         <v>21</v>
       </c>
       <c r="R3" s="69" t="s">
         <v>22</v>
@@ -8020,51 +8014,51 @@
       </c>
       <c r="B4" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C4" s="17" t="s">
         <v>38</v>
       </c>
       <c r="D4" s="17" t="s">
         <v>39</v>
       </c>
       <c r="E4" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F4" s="16">
         <v>49321</v>
       </c>
       <c r="G4" s="17" t="s">
         <v>38</v>
       </c>
       <c r="H4" s="35" t="s">
         <v>41</v>
       </c>
       <c r="I4" s="20">
         <v>41250000068</v>
       </c>
-      <c r="J4" s="83" t="s">
+      <c r="J4" s="20" t="s">
         <v>2166</v>
       </c>
       <c r="K4" s="17"/>
       <c r="L4" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M4" s="22" t="s">
         <v>43</v>
       </c>
       <c r="N4" s="22"/>
       <c r="O4" s="39" t="s">
         <v>44</v>
       </c>
       <c r="P4" s="39"/>
       <c r="Q4" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R4" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S4" s="16"/>
       <c r="T4" s="16"/>
       <c r="U4" s="16"/>
       <c r="V4" s="16" t="s">
         <v>45</v>
@@ -8090,51 +8084,51 @@
       </c>
       <c r="B5" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C5" s="17" t="s">
         <v>47</v>
       </c>
       <c r="D5" s="17" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F5" s="16">
         <v>49321</v>
       </c>
       <c r="G5" s="18" t="s">
         <v>48</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>49</v>
       </c>
       <c r="I5" s="20">
         <v>41250000075</v>
       </c>
-      <c r="J5" s="83" t="s">
+      <c r="J5" s="20" t="s">
         <v>2167</v>
       </c>
       <c r="K5" s="18"/>
       <c r="L5" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="22" t="s">
         <v>50</v>
       </c>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="21"/>
       <c r="Q5" s="16"/>
       <c r="R5" s="16"/>
       <c r="S5" s="16"/>
       <c r="T5" s="16"/>
       <c r="U5" s="16"/>
       <c r="V5" s="16"/>
       <c r="W5" s="16"/>
       <c r="X5" s="16"/>
       <c r="Y5" s="16"/>
       <c r="Z5" s="16"/>
       <c r="AA5" s="16"/>
       <c r="AB5" s="16"/>
       <c r="AC5" s="16"/>
@@ -8148,51 +8142,51 @@
       </c>
       <c r="B6" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="17" t="s">
         <v>51</v>
       </c>
       <c r="D6" s="17" t="s">
         <v>52</v>
       </c>
       <c r="E6" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="16" t="s">
         <v>53</v>
       </c>
       <c r="G6" s="18" t="s">
         <v>54</v>
       </c>
       <c r="H6" s="19" t="s">
         <v>55</v>
       </c>
       <c r="I6" s="20">
         <v>41250000198</v>
       </c>
-      <c r="J6" s="83" t="s">
+      <c r="J6" s="20" t="s">
         <v>56</v>
       </c>
       <c r="K6" s="18"/>
       <c r="L6" s="21" t="s">
         <v>52</v>
       </c>
       <c r="M6" s="22" t="s">
         <v>57</v>
       </c>
       <c r="N6" s="22" t="s">
         <v>58</v>
       </c>
       <c r="O6" s="24">
         <v>22928</v>
       </c>
       <c r="P6" s="23"/>
       <c r="Q6" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R6" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
@@ -8220,51 +8214,51 @@
       </c>
       <c r="B7" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="17" t="s">
         <v>59</v>
       </c>
       <c r="D7" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E7" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="16">
         <v>49544</v>
       </c>
       <c r="G7" s="18" t="s">
         <v>61</v>
       </c>
       <c r="H7" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I7" s="20">
         <v>41250000204</v>
       </c>
-      <c r="J7" s="83" t="s">
+      <c r="J7" s="20" t="s">
         <v>63</v>
       </c>
       <c r="K7" s="18"/>
       <c r="L7" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M7" s="22" t="s">
         <v>64</v>
       </c>
       <c r="N7" s="22" t="s">
         <v>65</v>
       </c>
       <c r="O7" s="24">
         <v>23453</v>
       </c>
       <c r="P7" s="23"/>
       <c r="Q7" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R7" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S7" s="16"/>
       <c r="T7" s="16"/>
       <c r="U7" s="16"/>
@@ -8293,51 +8287,51 @@
       <c r="B8" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C8" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D8" s="17" t="s">
         <v>67</v>
       </c>
       <c r="E8" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="16">
         <v>49048</v>
       </c>
       <c r="G8" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H8" s="19" t="s">
         <v>69</v>
       </c>
       <c r="I8" s="20">
         <f>41250000211</f>
         <v>41250000211</v>
       </c>
-      <c r="J8" s="83" t="s">
+      <c r="J8" s="20" t="s">
         <v>70</v>
       </c>
       <c r="K8" s="18"/>
       <c r="L8" s="21" t="s">
         <v>67</v>
       </c>
       <c r="M8" s="22" t="s">
         <v>71</v>
       </c>
       <c r="N8" s="22" t="s">
         <v>72</v>
       </c>
       <c r="O8" s="24">
         <v>28045</v>
       </c>
       <c r="P8" s="23"/>
       <c r="Q8" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R8" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S8" s="16"/>
       <c r="T8" s="16"/>
       <c r="U8" s="16"/>
@@ -8365,51 +8359,51 @@
       </c>
       <c r="B9" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C9" s="17" t="s">
         <v>73</v>
       </c>
       <c r="D9" s="17" t="s">
         <v>74</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F9" s="16">
         <v>49002</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="20">
         <v>41250000228</v>
       </c>
-      <c r="J9" s="83" t="s">
+      <c r="J9" s="20" t="s">
         <v>76</v>
       </c>
       <c r="K9" s="18"/>
       <c r="L9" s="21" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="22" t="s">
         <v>77</v>
       </c>
       <c r="N9" s="22" t="s">
         <v>78</v>
       </c>
       <c r="O9" s="24">
         <v>23632</v>
       </c>
       <c r="P9" s="23"/>
       <c r="Q9" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R9" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S9" s="16"/>
       <c r="T9" s="16"/>
       <c r="U9" s="16"/>
@@ -8437,51 +8431,51 @@
       </c>
       <c r="B10" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C10" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D10" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="16" t="s">
         <v>81</v>
       </c>
       <c r="G10" s="18" t="s">
         <v>82</v>
       </c>
       <c r="H10" s="19" t="s">
         <v>83</v>
       </c>
       <c r="I10" s="20">
         <v>41250000235</v>
       </c>
-      <c r="J10" s="83" t="s">
+      <c r="J10" s="20" t="s">
         <v>84</v>
       </c>
       <c r="K10" s="18"/>
       <c r="L10" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M10" s="22" t="s">
         <v>86</v>
       </c>
       <c r="N10" s="22" t="s">
         <v>87</v>
       </c>
       <c r="O10" s="24">
         <v>24405</v>
       </c>
       <c r="P10" s="24"/>
       <c r="Q10" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R10" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S10" s="16"/>
       <c r="T10" s="16"/>
       <c r="U10" s="16"/>
@@ -8509,51 +8503,51 @@
       </c>
       <c r="B11" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D11" s="17" t="s">
         <v>89</v>
       </c>
       <c r="E11" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="16" t="s">
         <v>90</v>
       </c>
       <c r="G11" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H11" s="19" t="s">
         <v>91</v>
       </c>
       <c r="I11" s="20">
         <v>41250000259</v>
       </c>
-      <c r="J11" s="83" t="s">
+      <c r="J11" s="20" t="s">
         <v>92</v>
       </c>
       <c r="K11" s="18"/>
       <c r="L11" s="21" t="s">
         <v>93</v>
       </c>
       <c r="M11" s="22" t="s">
         <v>94</v>
       </c>
       <c r="N11" s="22" t="s">
         <v>95</v>
       </c>
       <c r="O11" s="24">
         <v>25490</v>
       </c>
       <c r="P11" s="24"/>
       <c r="Q11" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R11" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S11" s="16"/>
       <c r="T11" s="16"/>
       <c r="U11" s="16"/>
@@ -8581,51 +8575,51 @@
       </c>
       <c r="B12" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>97</v>
       </c>
       <c r="E12" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="16" t="s">
         <v>98</v>
       </c>
       <c r="G12" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H12" s="19" t="s">
         <v>99</v>
       </c>
       <c r="I12" s="20">
         <v>41250000266</v>
       </c>
-      <c r="J12" s="83" t="s">
+      <c r="J12" s="20" t="s">
         <v>100</v>
       </c>
       <c r="K12" s="18"/>
       <c r="L12" s="21" t="s">
         <v>101</v>
       </c>
       <c r="M12" s="22" t="s">
         <v>102</v>
       </c>
       <c r="N12" s="22" t="s">
         <v>103</v>
       </c>
       <c r="O12" s="24">
         <v>25525</v>
       </c>
       <c r="P12" s="24"/>
       <c r="Q12" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R12" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S12" s="16"/>
       <c r="T12" s="16"/>
       <c r="U12" s="16"/>
@@ -8653,51 +8647,51 @@
       </c>
       <c r="B13" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>105</v>
       </c>
       <c r="E13" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="16" t="s">
         <v>106</v>
       </c>
       <c r="G13" s="18" t="s">
         <v>107</v>
       </c>
       <c r="H13" s="19" t="s">
         <v>108</v>
       </c>
       <c r="I13" s="20">
         <v>41250000273</v>
       </c>
-      <c r="J13" s="83" t="s">
+      <c r="J13" s="20" t="s">
         <v>109</v>
       </c>
       <c r="K13" s="18"/>
       <c r="L13" s="21" t="s">
         <v>110</v>
       </c>
       <c r="M13" s="22" t="s">
         <v>111</v>
       </c>
       <c r="N13" s="22" t="s">
         <v>112</v>
       </c>
       <c r="O13" s="24">
         <v>26337</v>
       </c>
       <c r="P13" s="24"/>
       <c r="Q13" s="16"/>
       <c r="R13" s="16"/>
       <c r="S13" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T13" s="16"/>
       <c r="U13" s="16"/>
       <c r="V13" s="16"/>
       <c r="W13" s="16" t="s">
@@ -8723,51 +8717,51 @@
       </c>
       <c r="B14" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>114</v>
       </c>
       <c r="E14" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="16" t="s">
         <v>115</v>
       </c>
       <c r="G14" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H14" s="19" t="s">
         <v>116</v>
       </c>
       <c r="I14" s="20">
         <v>41250000297</v>
       </c>
-      <c r="J14" s="83" t="s">
+      <c r="J14" s="20" t="s">
         <v>117</v>
       </c>
       <c r="K14" s="18"/>
       <c r="L14" s="21" t="s">
         <v>118</v>
       </c>
       <c r="M14" s="22" t="s">
         <v>119</v>
       </c>
       <c r="N14" s="22" t="s">
         <v>120</v>
       </c>
       <c r="O14" s="24">
         <v>26897</v>
       </c>
       <c r="P14" s="23"/>
       <c r="Q14" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R14" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S14" s="16"/>
       <c r="T14" s="16"/>
       <c r="U14" s="16"/>
@@ -8795,51 +8789,51 @@
       </c>
       <c r="B15" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>121</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E15" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F15" s="16" t="s">
         <v>123</v>
       </c>
       <c r="G15" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H15" s="19" t="s">
         <v>124</v>
       </c>
       <c r="I15" s="20">
         <v>41250000303</v>
       </c>
-      <c r="J15" s="83" t="s">
+      <c r="J15" s="20" t="s">
         <v>125</v>
       </c>
       <c r="K15" s="18"/>
       <c r="L15" s="21" t="s">
         <v>122</v>
       </c>
       <c r="M15" s="22" t="s">
         <v>126</v>
       </c>
       <c r="N15" s="22" t="s">
         <v>127</v>
       </c>
       <c r="O15" s="24">
         <v>26897</v>
       </c>
       <c r="P15" s="23"/>
       <c r="Q15" s="16"/>
       <c r="R15" s="16"/>
       <c r="S15" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T15" s="16"/>
       <c r="U15" s="16"/>
       <c r="V15" s="16" t="s">
         <v>45</v>
@@ -8865,51 +8859,51 @@
       </c>
       <c r="B16" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>129</v>
       </c>
       <c r="E16" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>130</v>
       </c>
       <c r="G16" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H16" s="19" t="s">
         <v>131</v>
       </c>
       <c r="I16" s="20">
         <v>41250000327</v>
       </c>
-      <c r="J16" s="83" t="s">
+      <c r="J16" s="20" t="s">
         <v>132</v>
       </c>
       <c r="K16" s="18"/>
       <c r="L16" s="21" t="s">
         <v>133</v>
       </c>
       <c r="M16" s="22" t="s">
         <v>134</v>
       </c>
       <c r="N16" s="22" t="s">
         <v>135</v>
       </c>
       <c r="O16" s="24">
         <v>27352</v>
       </c>
       <c r="P16" s="23"/>
       <c r="Q16" s="16"/>
       <c r="R16" s="16"/>
       <c r="S16" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T16" s="16"/>
       <c r="U16" s="16"/>
       <c r="V16" s="16"/>
       <c r="W16" s="16" t="s">
@@ -8935,51 +8929,51 @@
       </c>
       <c r="B17" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>137</v>
       </c>
       <c r="E17" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="16" t="s">
         <v>138</v>
       </c>
       <c r="G17" s="18" t="s">
         <v>139</v>
       </c>
       <c r="H17" s="19" t="s">
         <v>140</v>
       </c>
       <c r="I17" s="20">
         <v>41250000334</v>
       </c>
-      <c r="J17" s="83" t="s">
+      <c r="J17" s="20" t="s">
         <v>141</v>
       </c>
       <c r="K17" s="18"/>
       <c r="L17" s="21" t="s">
         <v>142</v>
       </c>
       <c r="M17" s="22" t="s">
         <v>143</v>
       </c>
       <c r="N17" s="22" t="s">
         <v>144</v>
       </c>
       <c r="O17" s="24">
         <v>28268</v>
       </c>
       <c r="P17" s="23"/>
       <c r="Q17" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R17" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S17" s="16"/>
       <c r="T17" s="16"/>
       <c r="U17" s="16"/>
@@ -9007,51 +9001,51 @@
       </c>
       <c r="B18" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>145</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>146</v>
       </c>
       <c r="E18" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F18" s="16" t="s">
         <v>147</v>
       </c>
       <c r="G18" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H18" s="19" t="s">
         <v>148</v>
       </c>
       <c r="I18" s="20">
         <v>41250000341</v>
       </c>
-      <c r="J18" s="83" t="s">
+      <c r="J18" s="20" t="s">
         <v>149</v>
       </c>
       <c r="K18" s="18"/>
       <c r="L18" s="21" t="s">
         <v>150</v>
       </c>
       <c r="M18" s="22" t="s">
         <v>151</v>
       </c>
       <c r="N18" s="22" t="s">
         <v>152</v>
       </c>
       <c r="O18" s="24">
         <v>28416</v>
       </c>
       <c r="P18" s="23"/>
       <c r="Q18" s="16"/>
       <c r="R18" s="16"/>
       <c r="S18" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T18" s="16"/>
       <c r="U18" s="16"/>
       <c r="V18" s="16"/>
       <c r="W18" s="16" t="s">
@@ -9077,51 +9071,51 @@
       </c>
       <c r="B19" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>153</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>154</v>
       </c>
       <c r="E19" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F19" s="16" t="s">
         <v>155</v>
       </c>
       <c r="G19" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H19" s="19" t="s">
         <v>156</v>
       </c>
       <c r="I19" s="20">
         <v>41250000358</v>
       </c>
-      <c r="J19" s="83" t="s">
+      <c r="J19" s="20" t="s">
         <v>157</v>
       </c>
       <c r="K19" s="18"/>
       <c r="L19" s="21" t="s">
         <v>133</v>
       </c>
       <c r="M19" s="22" t="s">
         <v>158</v>
       </c>
       <c r="N19" s="22" t="s">
         <v>159</v>
       </c>
       <c r="O19" s="24">
         <v>28325</v>
       </c>
       <c r="P19" s="23"/>
       <c r="Q19" s="16"/>
       <c r="R19" s="16"/>
       <c r="S19" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T19" s="16"/>
       <c r="U19" s="16"/>
       <c r="V19" s="16"/>
       <c r="W19" s="16" t="s">
@@ -9147,51 +9141,51 @@
       </c>
       <c r="B20" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>160</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>161</v>
       </c>
       <c r="E20" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F20" s="16" t="s">
         <v>162</v>
       </c>
       <c r="G20" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H20" s="19" t="s">
         <v>163</v>
       </c>
       <c r="I20" s="20">
         <v>41250000365</v>
       </c>
-      <c r="J20" s="83" t="s">
+      <c r="J20" s="20" t="s">
         <v>164</v>
       </c>
       <c r="K20" s="18"/>
       <c r="L20" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M20" s="22" t="s">
         <v>165</v>
       </c>
       <c r="N20" s="22" t="s">
         <v>166</v>
       </c>
       <c r="O20" s="24">
         <v>29088</v>
       </c>
       <c r="P20" s="23"/>
       <c r="Q20" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R20" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S20" s="16"/>
       <c r="T20" s="16"/>
       <c r="U20" s="16"/>
@@ -9219,51 +9213,51 @@
       </c>
       <c r="B21" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>167</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>168</v>
       </c>
       <c r="E21" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F21" s="16" t="s">
         <v>169</v>
       </c>
       <c r="G21" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H21" s="19" t="s">
         <v>170</v>
       </c>
       <c r="I21" s="20">
         <v>41250000419</v>
       </c>
-      <c r="J21" s="83" t="s">
+      <c r="J21" s="20" t="s">
         <v>171</v>
       </c>
       <c r="K21" s="18"/>
       <c r="L21" s="21" t="s">
         <v>172</v>
       </c>
       <c r="M21" s="22" t="s">
         <v>173</v>
       </c>
       <c r="N21" s="22" t="s">
         <v>174</v>
       </c>
       <c r="O21" s="23">
         <v>29396</v>
       </c>
       <c r="P21" s="23"/>
       <c r="Q21" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R21" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S21" s="16"/>
       <c r="T21" s="16"/>
       <c r="U21" s="16"/>
@@ -9291,51 +9285,51 @@
       </c>
       <c r="B22" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>175</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>176</v>
       </c>
       <c r="E22" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F22" s="16">
         <v>48609</v>
       </c>
       <c r="G22" s="18" t="s">
         <v>177</v>
       </c>
       <c r="H22" s="19" t="s">
         <v>178</v>
       </c>
       <c r="I22" s="20">
         <v>41250000426</v>
       </c>
-      <c r="J22" s="83" t="s">
+      <c r="J22" s="20" t="s">
         <v>179</v>
       </c>
       <c r="K22" s="18"/>
       <c r="L22" s="21" t="s">
         <v>176</v>
       </c>
       <c r="M22" s="22" t="s">
         <v>180</v>
       </c>
       <c r="N22" s="22" t="s">
         <v>181</v>
       </c>
       <c r="O22" s="23">
         <v>32950</v>
       </c>
       <c r="P22" s="23"/>
       <c r="Q22" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R22" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S22" s="16"/>
       <c r="T22" s="16"/>
       <c r="U22" s="16"/>
@@ -9363,51 +9357,51 @@
       </c>
       <c r="B23" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>182</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>176</v>
       </c>
       <c r="E23" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F23" s="16" t="s">
         <v>183</v>
       </c>
       <c r="G23" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H23" s="19" t="s">
         <v>184</v>
       </c>
       <c r="I23" s="20">
         <v>41250000433</v>
       </c>
-      <c r="J23" s="83" t="s">
+      <c r="J23" s="20" t="s">
         <v>185</v>
       </c>
       <c r="K23" s="18"/>
       <c r="L23" s="21" t="s">
         <v>176</v>
       </c>
       <c r="M23" s="22" t="s">
         <v>186</v>
       </c>
       <c r="N23" s="22" t="s">
         <v>187</v>
       </c>
       <c r="O23" s="23">
         <v>29508</v>
       </c>
       <c r="P23" s="23"/>
       <c r="Q23" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R23" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S23" s="16"/>
       <c r="T23" s="16"/>
       <c r="U23" s="16"/>
@@ -9435,51 +9429,51 @@
       </c>
       <c r="B24" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>188</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>189</v>
       </c>
       <c r="E24" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F24" s="16" t="s">
         <v>190</v>
       </c>
       <c r="G24" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H24" s="19" t="s">
         <v>191</v>
       </c>
       <c r="I24" s="20">
         <v>41250000440</v>
       </c>
-      <c r="J24" s="83" t="s">
+      <c r="J24" s="20" t="s">
         <v>192</v>
       </c>
       <c r="K24" s="18"/>
       <c r="L24" s="21" t="s">
         <v>118</v>
       </c>
       <c r="M24" s="22" t="s">
         <v>193</v>
       </c>
       <c r="N24" s="22" t="s">
         <v>194</v>
       </c>
       <c r="O24" s="23">
         <v>29823</v>
       </c>
       <c r="P24" s="23"/>
       <c r="Q24" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R24" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S24" s="16"/>
       <c r="T24" s="16"/>
       <c r="U24" s="16"/>
@@ -9507,51 +9501,51 @@
       </c>
       <c r="B25" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>195</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>196</v>
       </c>
       <c r="E25" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F25" s="16" t="s">
         <v>197</v>
       </c>
       <c r="G25" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H25" s="19" t="s">
         <v>198</v>
       </c>
       <c r="I25" s="20">
         <v>41250000457</v>
       </c>
-      <c r="J25" s="83" t="s">
+      <c r="J25" s="20" t="s">
         <v>199</v>
       </c>
       <c r="K25" s="18"/>
       <c r="L25" s="21" t="s">
         <v>200</v>
       </c>
       <c r="M25" s="22" t="s">
         <v>201</v>
       </c>
       <c r="N25" s="22" t="s">
         <v>202</v>
       </c>
       <c r="O25" s="23">
         <v>29823</v>
       </c>
       <c r="P25" s="23"/>
       <c r="Q25" s="16"/>
       <c r="R25" s="16"/>
       <c r="S25" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T25" s="16"/>
       <c r="U25" s="16"/>
       <c r="V25" s="16"/>
       <c r="W25" s="16" t="s">
@@ -9577,51 +9571,51 @@
       </c>
       <c r="B26" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>203</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>204</v>
       </c>
       <c r="E26" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F26" s="16" t="s">
         <v>205</v>
       </c>
       <c r="G26" s="18" t="s">
         <v>206</v>
       </c>
       <c r="H26" s="19" t="s">
         <v>207</v>
       </c>
       <c r="I26" s="20">
         <v>41250000464</v>
       </c>
-      <c r="J26" s="83" t="s">
+      <c r="J26" s="20" t="s">
         <v>208</v>
       </c>
       <c r="K26" s="18"/>
       <c r="L26" s="21" t="s">
         <v>209</v>
       </c>
       <c r="M26" s="22" t="s">
         <v>210</v>
       </c>
       <c r="N26" s="22" t="s">
         <v>211</v>
       </c>
       <c r="O26" s="23">
         <v>30033</v>
       </c>
       <c r="P26" s="23"/>
       <c r="Q26" s="16"/>
       <c r="R26" s="16"/>
       <c r="S26" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T26" s="16"/>
       <c r="U26" s="16"/>
       <c r="V26" s="16"/>
       <c r="W26" s="16" t="s">
@@ -9647,51 +9641,51 @@
       </c>
       <c r="B27" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>213</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>214</v>
       </c>
       <c r="E27" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F27" s="16" t="s">
         <v>215</v>
       </c>
       <c r="G27" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H27" s="19" t="s">
         <v>216</v>
       </c>
       <c r="I27" s="20">
         <v>41250000471</v>
       </c>
-      <c r="J27" s="83" t="s">
+      <c r="J27" s="20" t="s">
         <v>217</v>
       </c>
       <c r="K27" s="18" t="s">
         <v>218</v>
       </c>
       <c r="L27" s="21" t="s">
         <v>101</v>
       </c>
       <c r="M27" s="22" t="s">
         <v>219</v>
       </c>
       <c r="N27" s="22" t="s">
         <v>220</v>
       </c>
       <c r="O27" s="23">
         <v>30621</v>
       </c>
       <c r="P27" s="23"/>
       <c r="Q27" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R27" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S27" s="16"/>
@@ -9721,51 +9715,51 @@
       </c>
       <c r="B28" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>221</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>222</v>
       </c>
       <c r="E28" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F28" s="16" t="s">
         <v>223</v>
       </c>
       <c r="G28" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H28" s="19" t="s">
         <v>224</v>
       </c>
       <c r="I28" s="20">
         <v>41250000488</v>
       </c>
-      <c r="J28" s="83" t="s">
+      <c r="J28" s="20" t="s">
         <v>225</v>
       </c>
       <c r="K28" s="18"/>
       <c r="L28" s="21" t="s">
         <v>226</v>
       </c>
       <c r="M28" s="22" t="s">
         <v>227</v>
       </c>
       <c r="N28" s="22" t="s">
         <v>228</v>
       </c>
       <c r="O28" s="23">
         <v>30768</v>
       </c>
       <c r="P28" s="23"/>
       <c r="Q28" s="16"/>
       <c r="R28" s="16"/>
       <c r="S28" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T28" s="16"/>
       <c r="U28" s="16"/>
       <c r="V28" s="16" t="s">
         <v>45</v>
@@ -9791,51 +9785,51 @@
       </c>
       <c r="B29" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>229</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E29" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F29" s="16" t="s">
         <v>230</v>
       </c>
       <c r="G29" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H29" s="19" t="s">
         <v>231</v>
       </c>
       <c r="I29" s="20">
         <v>41250000501</v>
       </c>
-      <c r="J29" s="83" t="s">
+      <c r="J29" s="20" t="s">
         <v>232</v>
       </c>
       <c r="K29" s="18"/>
       <c r="L29" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M29" s="22" t="s">
         <v>233</v>
       </c>
       <c r="N29" s="22" t="s">
         <v>234</v>
       </c>
       <c r="O29" s="23">
         <v>30908</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R29" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S29" s="16"/>
       <c r="T29" s="16"/>
       <c r="U29" s="16"/>
@@ -9933,51 +9927,51 @@
       </c>
       <c r="B31" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>245</v>
       </c>
       <c r="E31" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F31" s="16" t="s">
         <v>246</v>
       </c>
       <c r="G31" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H31" s="34" t="s">
         <v>248</v>
       </c>
       <c r="I31" s="20">
         <v>41250000525</v>
       </c>
-      <c r="J31" s="83" t="s">
+      <c r="J31" s="20" t="s">
         <v>249</v>
       </c>
       <c r="K31" s="18"/>
       <c r="L31" s="21" t="s">
         <v>93</v>
       </c>
       <c r="M31" s="22" t="s">
         <v>250</v>
       </c>
       <c r="N31" s="22" t="s">
         <v>251</v>
       </c>
       <c r="O31" s="23">
         <v>30918</v>
       </c>
       <c r="P31" s="23"/>
       <c r="Q31" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R31" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S31" s="16"/>
       <c r="T31" s="16"/>
       <c r="U31" s="16"/>
@@ -10005,51 +9999,51 @@
       </c>
       <c r="B32" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>252</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>253</v>
       </c>
       <c r="E32" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F32" s="16" t="s">
         <v>254</v>
       </c>
       <c r="G32" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H32" s="19" t="s">
         <v>255</v>
       </c>
       <c r="I32" s="20">
         <v>41250000532</v>
       </c>
-      <c r="J32" s="83" t="s">
+      <c r="J32" s="20" t="s">
         <v>256</v>
       </c>
       <c r="K32" s="18"/>
       <c r="L32" s="21" t="s">
         <v>150</v>
       </c>
       <c r="M32" s="22" t="s">
         <v>257</v>
       </c>
       <c r="N32" s="22" t="s">
         <v>258</v>
       </c>
       <c r="O32" s="23">
         <v>31209</v>
       </c>
       <c r="P32" s="23"/>
       <c r="Q32" s="16"/>
       <c r="R32" s="16"/>
       <c r="S32" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T32" s="16"/>
       <c r="U32" s="16"/>
       <c r="V32" s="16"/>
       <c r="W32" s="16" t="s">
@@ -10075,51 +10069,51 @@
       </c>
       <c r="B33" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>259</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>260</v>
       </c>
       <c r="E33" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F33" s="16" t="s">
         <v>261</v>
       </c>
       <c r="G33" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H33" s="19" t="s">
         <v>262</v>
       </c>
       <c r="I33" s="20">
         <v>41250000549</v>
       </c>
-      <c r="J33" s="83" t="s">
+      <c r="J33" s="20" t="s">
         <v>263</v>
       </c>
       <c r="K33" s="18"/>
       <c r="L33" s="21" t="s">
         <v>133</v>
       </c>
       <c r="M33" s="22" t="s">
         <v>264</v>
       </c>
       <c r="N33" s="22" t="s">
         <v>265</v>
       </c>
       <c r="O33" s="23">
         <v>31244</v>
       </c>
       <c r="P33" s="23"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
       <c r="S33" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T33" s="16"/>
       <c r="U33" s="16"/>
       <c r="V33" s="16"/>
       <c r="W33" s="16" t="s">
@@ -10145,51 +10139,51 @@
       </c>
       <c r="B34" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>266</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>267</v>
       </c>
       <c r="E34" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F34" s="16">
         <v>48312</v>
       </c>
       <c r="G34" s="18" t="s">
         <v>268</v>
       </c>
       <c r="H34" s="19" t="s">
         <v>269</v>
       </c>
       <c r="I34" s="20">
         <v>41250000559</v>
       </c>
-      <c r="J34" s="83" t="s">
+      <c r="J34" s="20" t="s">
         <v>270</v>
       </c>
       <c r="K34" s="18"/>
       <c r="L34" s="21" t="s">
         <v>271</v>
       </c>
       <c r="M34" s="22" t="s">
         <v>272</v>
       </c>
       <c r="N34" s="22" t="s">
         <v>273</v>
       </c>
       <c r="O34" s="23">
         <v>31629</v>
       </c>
       <c r="P34" s="23"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
       <c r="S34" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T34" s="16"/>
       <c r="U34" s="16"/>
       <c r="V34" s="16"/>
       <c r="W34" s="16" t="s">
@@ -10215,51 +10209,51 @@
       </c>
       <c r="B35" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>274</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E35" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F35" s="16">
         <v>49202</v>
       </c>
       <c r="G35" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H35" s="19" t="s">
         <v>275</v>
       </c>
       <c r="I35" s="20">
         <v>41250000563</v>
       </c>
-      <c r="J35" s="83" t="s">
+      <c r="J35" s="20" t="s">
         <v>276</v>
       </c>
       <c r="K35" s="18"/>
       <c r="L35" s="21" t="s">
         <v>122</v>
       </c>
       <c r="M35" s="22" t="s">
         <v>277</v>
       </c>
       <c r="N35" s="22" t="s">
         <v>278</v>
       </c>
       <c r="O35" s="23">
         <v>31643</v>
       </c>
       <c r="P35" s="23"/>
       <c r="Q35" s="16"/>
       <c r="R35" s="16"/>
       <c r="S35" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T35" s="16"/>
       <c r="U35" s="16"/>
       <c r="V35" s="16" t="s">
         <v>45</v>
@@ -10285,51 +10279,51 @@
       </c>
       <c r="B36" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>279</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>280</v>
       </c>
       <c r="E36" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F36" s="16">
         <v>48307</v>
       </c>
       <c r="G36" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H36" s="19" t="s">
         <v>281</v>
       </c>
       <c r="I36" s="20">
         <v>41250000570</v>
       </c>
-      <c r="J36" s="83" t="s">
+      <c r="J36" s="20" t="s">
         <v>282</v>
       </c>
       <c r="K36" s="18"/>
       <c r="L36" s="21" t="s">
         <v>150</v>
       </c>
       <c r="M36" s="22" t="s">
         <v>283</v>
       </c>
       <c r="N36" s="22" t="s">
         <v>284</v>
       </c>
       <c r="O36" s="23">
         <v>31531</v>
       </c>
       <c r="P36" s="23"/>
       <c r="Q36" s="16"/>
       <c r="R36" s="16"/>
       <c r="S36" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T36" s="16"/>
       <c r="U36" s="16"/>
       <c r="V36" s="16"/>
       <c r="W36" s="16" t="s">
@@ -10495,51 +10489,51 @@
       </c>
       <c r="B39" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>300</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>301</v>
       </c>
       <c r="E39" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F39" s="16" t="s">
         <v>302</v>
       </c>
       <c r="G39" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H39" s="19" t="s">
         <v>303</v>
       </c>
       <c r="I39" s="20">
         <v>41250000631</v>
       </c>
-      <c r="J39" s="83" t="s">
+      <c r="J39" s="20" t="s">
         <v>304</v>
       </c>
       <c r="K39" s="18"/>
       <c r="L39" s="21" t="s">
         <v>271</v>
       </c>
       <c r="M39" s="22" t="s">
         <v>305</v>
       </c>
       <c r="N39" s="22" t="s">
         <v>306</v>
       </c>
       <c r="O39" s="23">
         <v>32763</v>
       </c>
       <c r="P39" s="23"/>
       <c r="Q39" s="16"/>
       <c r="R39" s="16"/>
       <c r="S39" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T39" s="16"/>
       <c r="U39" s="16"/>
       <c r="V39" s="16"/>
       <c r="W39" s="16" t="s">
@@ -10565,51 +10559,51 @@
       </c>
       <c r="B40" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>307</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>308</v>
       </c>
       <c r="E40" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F40" s="16" t="s">
         <v>309</v>
       </c>
       <c r="G40" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H40" s="19" t="s">
         <v>310</v>
       </c>
       <c r="I40" s="20">
         <v>41250000648</v>
       </c>
-      <c r="J40" s="83" t="s">
+      <c r="J40" s="20" t="s">
         <v>311</v>
       </c>
       <c r="K40" s="18"/>
       <c r="L40" s="21" t="s">
         <v>110</v>
       </c>
       <c r="M40" s="22" t="s">
         <v>312</v>
       </c>
       <c r="N40" s="22" t="s">
         <v>313</v>
       </c>
       <c r="O40" s="23">
         <v>32581</v>
       </c>
       <c r="P40" s="23"/>
       <c r="Q40" s="16"/>
       <c r="R40" s="16"/>
       <c r="S40" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T40" s="16"/>
       <c r="U40" s="16"/>
       <c r="V40" s="16"/>
       <c r="W40" s="16" t="s">
@@ -10635,51 +10629,51 @@
       </c>
       <c r="B41" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>314</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>315</v>
       </c>
       <c r="E41" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F41" s="16" t="s">
         <v>316</v>
       </c>
       <c r="G41" s="18" t="s">
         <v>317</v>
       </c>
       <c r="H41" s="19" t="s">
         <v>318</v>
       </c>
       <c r="I41" s="20">
         <v>41250000655</v>
       </c>
-      <c r="J41" s="83" t="s">
+      <c r="J41" s="20" t="s">
         <v>319</v>
       </c>
       <c r="K41" s="18"/>
       <c r="L41" s="21" t="s">
         <v>271</v>
       </c>
       <c r="M41" s="22" t="s">
         <v>320</v>
       </c>
       <c r="N41" s="22" t="s">
         <v>321</v>
       </c>
       <c r="O41" s="23">
         <v>32784</v>
       </c>
       <c r="P41" s="23"/>
       <c r="Q41" s="16"/>
       <c r="R41" s="16"/>
       <c r="S41" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T41" s="16"/>
       <c r="U41" s="16"/>
       <c r="V41" s="16"/>
       <c r="W41" s="16" t="s">
@@ -10775,51 +10769,51 @@
       </c>
       <c r="B43" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>329</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>330</v>
       </c>
       <c r="E43" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F43" s="16">
         <v>48162</v>
       </c>
       <c r="G43" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H43" s="19" t="s">
         <v>331</v>
       </c>
       <c r="I43" s="20">
         <v>41250000679</v>
       </c>
-      <c r="J43" s="83" t="s">
+      <c r="J43" s="20" t="s">
         <v>332</v>
       </c>
       <c r="K43" s="18"/>
       <c r="L43" s="21" t="s">
         <v>330</v>
       </c>
       <c r="M43" s="22" t="s">
         <v>333</v>
       </c>
       <c r="N43" s="22" t="s">
         <v>334</v>
       </c>
       <c r="O43" s="23">
         <v>32896</v>
       </c>
       <c r="P43" s="23"/>
       <c r="Q43" s="16"/>
       <c r="R43" s="16"/>
       <c r="S43" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T43" s="16"/>
       <c r="U43" s="16"/>
       <c r="V43" s="16"/>
       <c r="W43" s="16" t="s">
@@ -10845,51 +10839,51 @@
       </c>
       <c r="B44" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>335</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>336</v>
       </c>
       <c r="E44" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F44" s="16" t="s">
         <v>337</v>
       </c>
       <c r="G44" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H44" s="19" t="s">
         <v>338</v>
       </c>
       <c r="I44" s="20">
         <v>41250000686</v>
       </c>
-      <c r="J44" s="83" t="s">
+      <c r="J44" s="20" t="s">
         <v>339</v>
       </c>
       <c r="K44" s="18"/>
       <c r="L44" s="21" t="s">
         <v>133</v>
       </c>
       <c r="M44" s="22" t="s">
         <v>340</v>
       </c>
       <c r="N44" s="22" t="s">
         <v>341</v>
       </c>
       <c r="O44" s="23">
         <v>32959</v>
       </c>
       <c r="P44" s="23"/>
       <c r="Q44" s="16"/>
       <c r="R44" s="16"/>
       <c r="S44" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T44" s="16"/>
       <c r="U44" s="16"/>
       <c r="V44" s="16"/>
       <c r="W44" s="16" t="s">
@@ -10915,51 +10909,51 @@
       </c>
       <c r="B45" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>342</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>343</v>
       </c>
       <c r="E45" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F45" s="16" t="s">
         <v>344</v>
       </c>
       <c r="G45" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H45" s="19" t="s">
         <v>345</v>
       </c>
       <c r="I45" s="20">
         <v>41250000693</v>
       </c>
-      <c r="J45" s="83" t="s">
+      <c r="J45" s="20" t="s">
         <v>346</v>
       </c>
       <c r="K45" s="18"/>
       <c r="L45" s="21" t="s">
         <v>347</v>
       </c>
       <c r="M45" s="22" t="s">
         <v>348</v>
       </c>
       <c r="N45" s="22" t="s">
         <v>349</v>
       </c>
       <c r="O45" s="23">
         <v>33106</v>
       </c>
       <c r="P45" s="23"/>
       <c r="Q45" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R45" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S45" s="16"/>
       <c r="T45" s="16"/>
       <c r="U45" s="16"/>
@@ -10987,51 +10981,51 @@
       </c>
       <c r="B46" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>350</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>351</v>
       </c>
       <c r="E46" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F46" s="16" t="s">
         <v>352</v>
       </c>
       <c r="G46" s="17" t="s">
         <v>353</v>
       </c>
       <c r="H46" s="35" t="s">
         <v>354</v>
       </c>
       <c r="I46" s="20">
         <v>41250000709</v>
       </c>
-      <c r="J46" s="83" t="s">
+      <c r="J46" s="20" t="s">
         <v>355</v>
       </c>
       <c r="K46" s="18"/>
       <c r="L46" s="21" t="s">
         <v>133</v>
       </c>
       <c r="M46" s="22" t="s">
         <v>356</v>
       </c>
       <c r="N46" s="22" t="s">
         <v>357</v>
       </c>
       <c r="O46" s="23">
         <v>33141</v>
       </c>
       <c r="P46" s="23"/>
       <c r="Q46" s="16"/>
       <c r="R46" s="16"/>
       <c r="S46" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T46" s="16"/>
       <c r="U46" s="16"/>
       <c r="V46" s="16"/>
       <c r="W46" s="16" t="s">
@@ -11057,51 +11051,51 @@
       </c>
       <c r="B47" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>358</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>52</v>
       </c>
       <c r="E47" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F47" s="16" t="s">
         <v>359</v>
       </c>
       <c r="G47" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H47" s="19" t="s">
         <v>360</v>
       </c>
       <c r="I47" s="20">
         <v>41250000716</v>
       </c>
-      <c r="J47" s="83" t="s">
+      <c r="J47" s="20" t="s">
         <v>361</v>
       </c>
       <c r="K47" s="18"/>
       <c r="L47" s="21" t="s">
         <v>52</v>
       </c>
       <c r="M47" s="22" t="s">
         <v>362</v>
       </c>
       <c r="N47" s="22" t="s">
         <v>363</v>
       </c>
       <c r="O47" s="23">
         <v>33190</v>
       </c>
       <c r="P47" s="23"/>
       <c r="Q47" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R47" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S47" s="16"/>
       <c r="T47" s="16"/>
       <c r="U47" s="16"/>
@@ -11129,51 +11123,51 @@
       </c>
       <c r="B48" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>364</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>365</v>
       </c>
       <c r="E48" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F48" s="16" t="s">
         <v>366</v>
       </c>
       <c r="G48" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H48" s="19" t="s">
         <v>367</v>
       </c>
       <c r="I48" s="20">
         <v>41250000723</v>
       </c>
-      <c r="J48" s="83" t="s">
+      <c r="J48" s="20" t="s">
         <v>368</v>
       </c>
       <c r="K48" s="18"/>
       <c r="L48" s="21" t="s">
         <v>133</v>
       </c>
       <c r="M48" s="22" t="s">
         <v>369</v>
       </c>
       <c r="N48" s="22" t="s">
         <v>370</v>
       </c>
       <c r="O48" s="23">
         <v>33281</v>
       </c>
       <c r="P48" s="23"/>
       <c r="Q48" s="16"/>
       <c r="R48" s="16"/>
       <c r="S48" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T48" s="16"/>
       <c r="U48" s="16"/>
       <c r="V48" s="16"/>
       <c r="W48" s="16" t="s">
@@ -11197,51 +11191,51 @@
       <c r="A49" s="54">
         <v>84</v>
       </c>
       <c r="B49" s="54" t="s">
         <v>371</v>
       </c>
       <c r="C49" s="55" t="s">
         <v>372</v>
       </c>
       <c r="D49" s="55" t="s">
         <v>80</v>
       </c>
       <c r="E49" s="54" t="s">
         <v>40</v>
       </c>
       <c r="F49" s="54">
         <v>48917</v>
       </c>
       <c r="G49" s="55"/>
       <c r="H49" s="56" t="s">
         <v>373</v>
       </c>
       <c r="I49" s="20">
         <v>41250000846</v>
       </c>
-      <c r="J49" s="83" t="s">
+      <c r="J49" s="20" t="s">
         <v>374</v>
       </c>
       <c r="K49" s="55"/>
       <c r="L49" s="57" t="s">
         <v>85</v>
       </c>
       <c r="M49" s="58" t="s">
         <v>375</v>
       </c>
       <c r="N49" s="58"/>
       <c r="O49" s="58"/>
       <c r="P49" s="57"/>
       <c r="Q49" s="59"/>
       <c r="R49" s="59"/>
       <c r="S49" s="59"/>
       <c r="T49" s="59"/>
       <c r="U49" s="59"/>
       <c r="V49" s="59"/>
       <c r="W49" s="59"/>
       <c r="X49" s="59"/>
       <c r="Y49" s="59"/>
       <c r="Z49" s="59"/>
       <c r="AA49" s="59"/>
       <c r="AB49" s="59"/>
       <c r="AC49" s="59"/>
@@ -11253,51 +11247,51 @@
       <c r="A50" s="16">
         <v>85</v>
       </c>
       <c r="B50" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>376</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E50" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F50" s="16">
         <v>48917</v>
       </c>
       <c r="G50" s="18"/>
       <c r="H50" s="19" t="s">
         <v>377</v>
       </c>
       <c r="I50" s="20">
         <v>41250000853</v>
       </c>
-      <c r="J50" s="83" t="s">
+      <c r="J50" s="20" t="s">
         <v>378</v>
       </c>
       <c r="K50" s="18"/>
       <c r="L50" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M50" s="22" t="s">
         <v>379</v>
       </c>
       <c r="N50" s="22"/>
       <c r="O50" s="22"/>
       <c r="P50" s="21"/>
       <c r="Q50" s="16"/>
       <c r="R50" s="16"/>
       <c r="S50" s="16"/>
       <c r="T50" s="16"/>
       <c r="U50" s="16"/>
       <c r="V50" s="16"/>
       <c r="W50" s="16"/>
       <c r="X50" s="16"/>
       <c r="Y50" s="16"/>
       <c r="Z50" s="16"/>
       <c r="AA50" s="16"/>
       <c r="AB50" s="16"/>
       <c r="AC50" s="16"/>
@@ -11309,51 +11303,51 @@
       <c r="A51" s="16">
         <v>86</v>
       </c>
       <c r="B51" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>380</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E51" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F51" s="16">
         <v>48917</v>
       </c>
       <c r="G51" s="18"/>
       <c r="H51" s="19" t="s">
         <v>381</v>
       </c>
       <c r="I51" s="20">
         <v>41250000860</v>
       </c>
-      <c r="J51" s="83" t="s">
+      <c r="J51" s="20" t="s">
         <v>382</v>
       </c>
       <c r="K51" s="18"/>
       <c r="L51" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M51" s="22" t="s">
         <v>383</v>
       </c>
       <c r="N51" s="22"/>
       <c r="O51" s="22"/>
       <c r="P51" s="21"/>
       <c r="Q51" s="16"/>
       <c r="R51" s="16"/>
       <c r="S51" s="16"/>
       <c r="T51" s="16"/>
       <c r="U51" s="16"/>
       <c r="V51" s="16"/>
       <c r="W51" s="16"/>
       <c r="X51" s="16"/>
       <c r="Y51" s="16"/>
       <c r="Z51" s="16"/>
       <c r="AA51" s="16"/>
       <c r="AB51" s="16"/>
       <c r="AC51" s="16"/>
@@ -11365,51 +11359,51 @@
       <c r="A52" s="16">
         <v>89</v>
       </c>
       <c r="B52" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>384</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E52" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F52" s="16">
         <v>48917</v>
       </c>
       <c r="G52" s="18"/>
       <c r="H52" s="19" t="s">
         <v>385</v>
       </c>
       <c r="I52" s="20">
         <v>41250000891</v>
       </c>
-      <c r="J52" s="83" t="s">
+      <c r="J52" s="20" t="s">
         <v>386</v>
       </c>
       <c r="K52" s="18"/>
       <c r="L52" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M52" s="22" t="s">
         <v>387</v>
       </c>
       <c r="N52" s="22"/>
       <c r="O52" s="22"/>
       <c r="P52" s="21"/>
       <c r="Q52" s="16"/>
       <c r="R52" s="16"/>
       <c r="S52" s="16"/>
       <c r="T52" s="16"/>
       <c r="U52" s="16"/>
       <c r="V52" s="16"/>
       <c r="W52" s="16"/>
       <c r="X52" s="16"/>
       <c r="Y52" s="16"/>
       <c r="Z52" s="16"/>
       <c r="AA52" s="16"/>
       <c r="AB52" s="16"/>
       <c r="AC52" s="16"/>
@@ -11421,51 +11415,51 @@
       <c r="A53" s="16">
         <v>90</v>
       </c>
       <c r="B53" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>388</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E53" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F53" s="16">
         <v>49544</v>
       </c>
       <c r="G53" s="18"/>
       <c r="H53" s="19" t="s">
         <v>389</v>
       </c>
       <c r="I53" s="20">
         <v>41250000907</v>
       </c>
-      <c r="J53" s="83" t="s">
+      <c r="J53" s="20" t="s">
         <v>390</v>
       </c>
       <c r="K53" s="18"/>
       <c r="L53" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M53" s="22" t="s">
         <v>391</v>
       </c>
       <c r="N53" s="22"/>
       <c r="O53" s="22"/>
       <c r="P53" s="21"/>
       <c r="Q53" s="16"/>
       <c r="R53" s="16"/>
       <c r="S53" s="16"/>
       <c r="T53" s="16"/>
       <c r="U53" s="16"/>
       <c r="V53" s="16"/>
       <c r="W53" s="16"/>
       <c r="X53" s="16"/>
       <c r="Y53" s="16"/>
       <c r="Z53" s="16"/>
       <c r="AA53" s="16"/>
       <c r="AB53" s="16"/>
       <c r="AC53" s="16"/>
@@ -11477,51 +11471,51 @@
       <c r="A54" s="16">
         <v>92</v>
       </c>
       <c r="B54" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>392</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E54" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F54" s="16">
         <v>48917</v>
       </c>
       <c r="G54" s="18"/>
       <c r="H54" s="19" t="s">
         <v>393</v>
       </c>
       <c r="I54" s="20">
         <v>41250000921</v>
       </c>
-      <c r="J54" s="83" t="s">
+      <c r="J54" s="20" t="s">
         <v>394</v>
       </c>
       <c r="K54" s="18"/>
       <c r="L54" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M54" s="22" t="s">
         <v>395</v>
       </c>
       <c r="N54" s="22"/>
       <c r="O54" s="22"/>
       <c r="P54" s="21"/>
       <c r="Q54" s="16"/>
       <c r="R54" s="16"/>
       <c r="S54" s="16"/>
       <c r="T54" s="16"/>
       <c r="U54" s="16"/>
       <c r="V54" s="16"/>
       <c r="W54" s="16"/>
       <c r="X54" s="16"/>
       <c r="Y54" s="16"/>
       <c r="Z54" s="16"/>
       <c r="AA54" s="16"/>
       <c r="AB54" s="16"/>
       <c r="AC54" s="16"/>
@@ -11533,51 +11527,51 @@
       <c r="A55" s="16">
         <v>93</v>
       </c>
       <c r="B55" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>396</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E55" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F55" s="16">
         <v>48917</v>
       </c>
       <c r="G55" s="18"/>
       <c r="H55" s="19" t="s">
         <v>397</v>
       </c>
       <c r="I55" s="20">
         <v>41250000938</v>
       </c>
-      <c r="J55" s="83" t="s">
+      <c r="J55" s="20" t="s">
         <v>398</v>
       </c>
       <c r="K55" s="18"/>
       <c r="L55" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M55" s="22" t="s">
         <v>399</v>
       </c>
       <c r="N55" s="22"/>
       <c r="O55" s="22"/>
       <c r="P55" s="21"/>
       <c r="Q55" s="16"/>
       <c r="R55" s="16"/>
       <c r="S55" s="16"/>
       <c r="T55" s="16"/>
       <c r="U55" s="16"/>
       <c r="V55" s="16"/>
       <c r="W55" s="16"/>
       <c r="X55" s="16"/>
       <c r="Y55" s="16"/>
       <c r="Z55" s="16"/>
       <c r="AA55" s="16"/>
       <c r="AB55" s="16"/>
       <c r="AC55" s="16"/>
@@ -11589,51 +11583,51 @@
       <c r="A56" s="16">
         <v>95</v>
       </c>
       <c r="B56" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>400</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E56" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F56" s="16">
         <v>49544</v>
       </c>
       <c r="G56" s="18"/>
       <c r="H56" s="19" t="s">
         <v>401</v>
       </c>
       <c r="I56" s="20">
         <v>41250000952</v>
       </c>
-      <c r="J56" s="83" t="s">
+      <c r="J56" s="20" t="s">
         <v>402</v>
       </c>
       <c r="K56" s="18"/>
       <c r="L56" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M56" s="22" t="s">
         <v>391</v>
       </c>
       <c r="N56" s="22"/>
       <c r="O56" s="22"/>
       <c r="P56" s="21"/>
       <c r="Q56" s="16"/>
       <c r="R56" s="16"/>
       <c r="S56" s="16"/>
       <c r="T56" s="16"/>
       <c r="U56" s="16"/>
       <c r="V56" s="16"/>
       <c r="W56" s="16"/>
       <c r="X56" s="16"/>
       <c r="Y56" s="16"/>
       <c r="Z56" s="16"/>
       <c r="AA56" s="16"/>
       <c r="AB56" s="16"/>
       <c r="AC56" s="16"/>
@@ -11857,51 +11851,51 @@
       </c>
       <c r="B60" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>428</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>429</v>
       </c>
       <c r="E60" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F60" s="16">
         <v>48051</v>
       </c>
       <c r="G60" s="18" t="s">
         <v>430</v>
       </c>
       <c r="H60" s="19" t="s">
         <v>431</v>
       </c>
       <c r="I60" s="20">
         <v>41250001058</v>
       </c>
-      <c r="J60" s="83" t="s">
+      <c r="J60" s="20" t="s">
         <v>432</v>
       </c>
       <c r="K60" s="18"/>
       <c r="L60" s="21" t="s">
         <v>271</v>
       </c>
       <c r="M60" s="22" t="s">
         <v>433</v>
       </c>
       <c r="N60" s="22" t="s">
         <v>434</v>
       </c>
       <c r="O60" s="23">
         <v>33547</v>
       </c>
       <c r="P60" s="23"/>
       <c r="Q60" s="16"/>
       <c r="R60" s="16"/>
       <c r="S60" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T60" s="16"/>
       <c r="U60" s="16"/>
       <c r="V60" s="16"/>
       <c r="W60" s="16" t="s">
@@ -12067,51 +12061,51 @@
       </c>
       <c r="B63" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>452</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>453</v>
       </c>
       <c r="E63" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F63" s="16">
         <v>48642</v>
       </c>
       <c r="G63" s="18" t="s">
         <v>454</v>
       </c>
       <c r="H63" s="19" t="s">
         <v>455</v>
       </c>
       <c r="I63" s="20">
         <v>41250001089</v>
       </c>
-      <c r="J63" s="83" t="s">
+      <c r="J63" s="20" t="s">
         <v>456</v>
       </c>
       <c r="K63" s="18"/>
       <c r="L63" s="21" t="s">
         <v>453</v>
       </c>
       <c r="M63" s="22" t="s">
         <v>457</v>
       </c>
       <c r="N63" s="22" t="s">
         <v>458</v>
       </c>
       <c r="O63" s="23">
         <v>33778</v>
       </c>
       <c r="P63" s="23"/>
       <c r="Q63" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R63" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S63" s="16"/>
       <c r="T63" s="16"/>
       <c r="U63" s="16"/>
@@ -12139,51 +12133,51 @@
       </c>
       <c r="B64" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>459</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>460</v>
       </c>
       <c r="E64" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F64" s="16" t="s">
         <v>461</v>
       </c>
       <c r="G64" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H64" s="19" t="s">
         <v>462</v>
       </c>
       <c r="I64" s="20">
         <v>41250001096</v>
       </c>
-      <c r="J64" s="83" t="s">
+      <c r="J64" s="20" t="s">
         <v>463</v>
       </c>
       <c r="K64" s="18"/>
       <c r="L64" s="21" t="s">
         <v>150</v>
       </c>
       <c r="M64" s="22" t="s">
         <v>464</v>
       </c>
       <c r="N64" s="22" t="s">
         <v>465</v>
       </c>
       <c r="O64" s="23">
         <v>33778</v>
       </c>
       <c r="P64" s="23"/>
       <c r="Q64" s="16"/>
       <c r="R64" s="16"/>
       <c r="S64" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T64" s="16"/>
       <c r="U64" s="16"/>
       <c r="V64" s="16"/>
       <c r="W64" s="16" t="s">
@@ -12227,55 +12221,55 @@
       </c>
       <c r="H65" s="28" t="s">
         <v>470</v>
       </c>
       <c r="I65" s="29">
         <v>41250001102</v>
       </c>
       <c r="J65" s="29" t="s">
         <v>471</v>
       </c>
       <c r="K65" s="27"/>
       <c r="L65" s="31" t="s">
         <v>472</v>
       </c>
       <c r="M65" s="32" t="s">
         <v>473</v>
       </c>
       <c r="N65" s="32" t="s">
         <v>474</v>
       </c>
       <c r="O65" s="33">
         <v>34030</v>
       </c>
       <c r="P65" s="33"/>
       <c r="Q65" s="25"/>
-      <c r="R65" s="25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R65" s="25"/>
       <c r="S65" s="25"/>
-      <c r="T65" s="25"/>
+      <c r="T65" s="25" t="s">
+        <v>45</v>
+      </c>
       <c r="U65" s="25"/>
       <c r="V65" s="25"/>
       <c r="W65" s="25"/>
       <c r="X65" s="25"/>
       <c r="Y65" s="25" t="s">
         <v>45</v>
       </c>
       <c r="Z65" s="25"/>
       <c r="AA65" s="25"/>
       <c r="AB65" s="25" t="s">
         <v>45</v>
       </c>
       <c r="AC65" s="25"/>
       <c r="AD65" s="25"/>
       <c r="AE65" s="25"/>
       <c r="AF65" s="25" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="66" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A66" s="32">
         <v>111</v>
       </c>
       <c r="B66" s="25" t="s">
         <v>46</v>
@@ -12419,51 +12413,51 @@
       </c>
       <c r="B68" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>491</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>492</v>
       </c>
       <c r="E68" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F68" s="16" t="s">
         <v>493</v>
       </c>
       <c r="G68" s="18" t="s">
         <v>494</v>
       </c>
       <c r="H68" s="19" t="s">
         <v>495</v>
       </c>
       <c r="I68" s="20">
         <v>41250001133</v>
       </c>
-      <c r="J68" s="83" t="s">
+      <c r="J68" s="20" t="s">
         <v>496</v>
       </c>
       <c r="K68" s="18"/>
       <c r="L68" s="21" t="s">
         <v>497</v>
       </c>
       <c r="M68" s="22" t="s">
         <v>498</v>
       </c>
       <c r="N68" s="22" t="s">
         <v>499</v>
       </c>
       <c r="O68" s="23">
         <v>33806</v>
       </c>
       <c r="P68" s="23"/>
       <c r="Q68" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R68" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S68" s="16"/>
       <c r="T68" s="16"/>
       <c r="U68" s="16"/>
@@ -12561,51 +12555,51 @@
       </c>
       <c r="B70" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>506</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>507</v>
       </c>
       <c r="E70" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F70" s="16">
         <v>43537</v>
       </c>
       <c r="G70" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H70" s="19" t="s">
         <v>508</v>
       </c>
       <c r="I70" s="20">
         <v>41250001157</v>
       </c>
-      <c r="J70" s="83" t="s">
+      <c r="J70" s="20" t="s">
         <v>509</v>
       </c>
       <c r="K70" s="18"/>
       <c r="L70" s="21" t="s">
         <v>510</v>
       </c>
       <c r="M70" s="22" t="s">
         <v>511</v>
       </c>
       <c r="N70" s="22" t="s">
         <v>512</v>
       </c>
       <c r="O70" s="23">
         <v>34086</v>
       </c>
       <c r="P70" s="23"/>
       <c r="Q70" s="16"/>
       <c r="R70" s="16"/>
       <c r="S70" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T70" s="16"/>
       <c r="U70" s="16"/>
       <c r="V70" s="16"/>
       <c r="W70" s="16" t="s">
@@ -12701,51 +12695,51 @@
       </c>
       <c r="B72" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>521</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>522</v>
       </c>
       <c r="E72" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F72" s="16">
         <v>43617</v>
       </c>
       <c r="G72" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H72" s="19" t="s">
         <v>523</v>
       </c>
       <c r="I72" s="20">
         <v>41250001171</v>
       </c>
-      <c r="J72" s="83" t="s">
+      <c r="J72" s="20" t="s">
         <v>524</v>
       </c>
       <c r="K72" s="18"/>
       <c r="L72" s="21" t="s">
         <v>510</v>
       </c>
       <c r="M72" s="22" t="s">
         <v>525</v>
       </c>
       <c r="N72" s="22" t="s">
         <v>526</v>
       </c>
       <c r="O72" s="23">
         <v>34163</v>
       </c>
       <c r="P72" s="23"/>
       <c r="Q72" s="16"/>
       <c r="R72" s="16"/>
       <c r="S72" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T72" s="16"/>
       <c r="U72" s="16"/>
       <c r="V72" s="16"/>
       <c r="W72" s="16" t="s">
@@ -12771,51 +12765,51 @@
       </c>
       <c r="B73" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>527</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>522</v>
       </c>
       <c r="E73" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F73" s="16">
         <v>43612</v>
       </c>
       <c r="G73" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H73" s="19" t="s">
         <v>528</v>
       </c>
       <c r="I73" s="20">
         <v>41250001188</v>
       </c>
-      <c r="J73" s="83" t="s">
+      <c r="J73" s="20" t="s">
         <v>529</v>
       </c>
       <c r="K73" s="18"/>
       <c r="L73" s="21" t="s">
         <v>510</v>
       </c>
       <c r="M73" s="22" t="s">
         <v>530</v>
       </c>
       <c r="N73" s="22" t="s">
         <v>531</v>
       </c>
       <c r="O73" s="23">
         <v>34198</v>
       </c>
       <c r="P73" s="23"/>
       <c r="Q73" s="16"/>
       <c r="R73" s="16"/>
       <c r="S73" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T73" s="16"/>
       <c r="U73" s="16"/>
       <c r="V73" s="16"/>
       <c r="W73" s="16" t="s">
@@ -12841,51 +12835,51 @@
       </c>
       <c r="B74" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>532</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>67</v>
       </c>
       <c r="E74" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F74" s="16" t="s">
         <v>533</v>
       </c>
       <c r="G74" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H74" s="19" t="s">
         <v>534</v>
       </c>
       <c r="I74" s="20">
         <v>41250001195</v>
       </c>
-      <c r="J74" s="83" t="s">
+      <c r="J74" s="20" t="s">
         <v>535</v>
       </c>
       <c r="K74" s="18"/>
       <c r="L74" s="21" t="s">
         <v>67</v>
       </c>
       <c r="M74" s="22" t="s">
         <v>536</v>
       </c>
       <c r="N74" s="22" t="s">
         <v>537</v>
       </c>
       <c r="O74" s="23">
         <v>34163</v>
       </c>
       <c r="P74" s="23"/>
       <c r="Q74" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R74" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S74" s="16"/>
       <c r="T74" s="16"/>
       <c r="U74" s="16"/>
@@ -12913,51 +12907,51 @@
       </c>
       <c r="B75" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>538</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>539</v>
       </c>
       <c r="E75" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F75" s="16">
         <v>46628</v>
       </c>
       <c r="G75" s="18" t="s">
         <v>541</v>
       </c>
       <c r="H75" s="19" t="s">
         <v>542</v>
       </c>
       <c r="I75" s="20">
         <v>41250001201</v>
       </c>
-      <c r="J75" s="83" t="s">
+      <c r="J75" s="20" t="s">
         <v>543</v>
       </c>
       <c r="K75" s="18"/>
       <c r="L75" s="21" t="s">
         <v>544</v>
       </c>
       <c r="M75" s="22" t="s">
         <v>545</v>
       </c>
       <c r="N75" s="22" t="s">
         <v>546</v>
       </c>
       <c r="O75" s="23">
         <v>34457</v>
       </c>
       <c r="P75" s="23"/>
       <c r="Q75" s="16"/>
       <c r="R75" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S75" s="16"/>
       <c r="T75" s="16"/>
       <c r="U75" s="16"/>
       <c r="V75" s="16" t="s">
         <v>45</v>
@@ -12983,51 +12977,51 @@
       </c>
       <c r="B76" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>547</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>548</v>
       </c>
       <c r="E76" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F76" s="16">
         <v>46545</v>
       </c>
       <c r="G76" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H76" s="19" t="s">
         <v>549</v>
       </c>
       <c r="I76" s="20">
         <v>41250001218</v>
       </c>
-      <c r="J76" s="83" t="s">
+      <c r="J76" s="20" t="s">
         <v>550</v>
       </c>
       <c r="K76" s="18"/>
       <c r="L76" s="21" t="s">
         <v>544</v>
       </c>
       <c r="M76" s="22" t="s">
         <v>551</v>
       </c>
       <c r="N76" s="22" t="s">
         <v>552</v>
       </c>
       <c r="O76" s="23">
         <v>34443</v>
       </c>
       <c r="P76" s="23"/>
       <c r="Q76" s="16"/>
       <c r="R76" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S76" s="16"/>
       <c r="T76" s="16"/>
       <c r="U76" s="16"/>
       <c r="V76" s="16" t="s">
         <v>45</v>
@@ -13053,51 +13047,51 @@
       </c>
       <c r="B77" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>553</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>554</v>
       </c>
       <c r="E77" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F77" s="16">
         <v>48393</v>
       </c>
       <c r="G77" s="18" t="s">
         <v>555</v>
       </c>
       <c r="H77" s="19" t="s">
         <v>556</v>
       </c>
       <c r="I77" s="20">
         <v>41250001225</v>
       </c>
-      <c r="J77" s="83" t="s">
+      <c r="J77" s="20" t="s">
         <v>557</v>
       </c>
       <c r="K77" s="18"/>
       <c r="L77" s="21" t="s">
         <v>150</v>
       </c>
       <c r="M77" s="22" t="s">
         <v>558</v>
       </c>
       <c r="N77" s="22" t="s">
         <v>559</v>
       </c>
       <c r="O77" s="23">
         <v>35297</v>
       </c>
       <c r="P77" s="23"/>
       <c r="Q77" s="16"/>
       <c r="R77" s="16"/>
       <c r="S77" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T77" s="16"/>
       <c r="U77" s="16"/>
       <c r="V77" s="16"/>
       <c r="W77" s="16" t="s">
@@ -13123,51 +13117,51 @@
       </c>
       <c r="B78" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>560</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>561</v>
       </c>
       <c r="E78" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F78" s="16" t="s">
         <v>562</v>
       </c>
       <c r="G78" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H78" s="19" t="s">
         <v>563</v>
       </c>
       <c r="I78" s="20">
         <v>41250001232</v>
       </c>
-      <c r="J78" s="83" t="s">
+      <c r="J78" s="20" t="s">
         <v>564</v>
       </c>
       <c r="K78" s="18"/>
       <c r="L78" s="21" t="s">
         <v>133</v>
       </c>
       <c r="M78" s="22" t="s">
         <v>565</v>
       </c>
       <c r="N78" s="22" t="s">
         <v>566</v>
       </c>
       <c r="O78" s="23">
         <v>34576</v>
       </c>
       <c r="P78" s="23"/>
       <c r="Q78" s="16"/>
       <c r="R78" s="16"/>
       <c r="S78" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T78" s="16"/>
       <c r="U78" s="16"/>
       <c r="V78" s="16"/>
       <c r="W78" s="16" t="s">
@@ -13407,51 +13401,51 @@
       </c>
       <c r="B82" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>588</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>589</v>
       </c>
       <c r="E82" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F82" s="16" t="s">
         <v>590</v>
       </c>
       <c r="G82" s="18" t="s">
         <v>588</v>
       </c>
       <c r="H82" s="19" t="s">
         <v>591</v>
       </c>
       <c r="I82" s="20">
         <v>41250001270</v>
       </c>
-      <c r="J82" s="83" t="s">
+      <c r="J82" s="20" t="s">
         <v>592</v>
       </c>
       <c r="K82" s="18"/>
       <c r="L82" s="21" t="s">
         <v>593</v>
       </c>
       <c r="M82" s="22" t="s">
         <v>594</v>
       </c>
       <c r="N82" s="22" t="s">
         <v>595</v>
       </c>
       <c r="O82" s="23">
         <v>34786</v>
       </c>
       <c r="P82" s="23"/>
       <c r="Q82" s="16"/>
       <c r="R82" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S82" s="16"/>
       <c r="T82" s="16"/>
       <c r="U82" s="16"/>
       <c r="V82" s="16" t="s">
         <v>45</v>
@@ -13477,51 +13471,51 @@
       </c>
       <c r="B83" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>596</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>548</v>
       </c>
       <c r="E83" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F83" s="16" t="s">
         <v>597</v>
       </c>
       <c r="G83" s="18" t="s">
         <v>598</v>
       </c>
       <c r="H83" s="19" t="s">
         <v>599</v>
       </c>
       <c r="I83" s="20">
         <v>41250001287</v>
       </c>
-      <c r="J83" s="83" t="s">
+      <c r="J83" s="20" t="s">
         <v>600</v>
       </c>
       <c r="K83" s="18"/>
       <c r="L83" s="21" t="s">
         <v>544</v>
       </c>
       <c r="M83" s="22" t="s">
         <v>601</v>
       </c>
       <c r="N83" s="22" t="s">
         <v>602</v>
       </c>
       <c r="O83" s="23">
         <v>34786</v>
       </c>
       <c r="P83" s="23"/>
       <c r="Q83" s="16"/>
       <c r="R83" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S83" s="16"/>
       <c r="T83" s="16"/>
       <c r="U83" s="16"/>
       <c r="V83" s="16" t="s">
         <v>45</v>
@@ -14319,51 +14313,51 @@
       </c>
       <c r="B95" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>686</v>
       </c>
       <c r="D95" s="17" t="s">
         <v>687</v>
       </c>
       <c r="E95" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F95" s="16">
         <v>48446</v>
       </c>
       <c r="G95" s="18" t="s">
         <v>688</v>
       </c>
       <c r="H95" s="19" t="s">
         <v>689</v>
       </c>
       <c r="I95" s="20">
         <v>41250001409</v>
       </c>
-      <c r="J95" s="83" t="s">
+      <c r="J95" s="20" t="s">
         <v>690</v>
       </c>
       <c r="K95" s="18"/>
       <c r="L95" s="21" t="s">
         <v>687</v>
       </c>
       <c r="M95" s="22" t="s">
         <v>691</v>
       </c>
       <c r="N95" s="22" t="s">
         <v>692</v>
       </c>
       <c r="O95" s="23">
         <v>34940</v>
       </c>
       <c r="P95" s="23"/>
       <c r="Q95" s="16"/>
       <c r="R95" s="16"/>
       <c r="S95" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T95" s="16"/>
       <c r="U95" s="16"/>
       <c r="V95" s="16"/>
       <c r="W95" s="16" t="s">
@@ -14671,51 +14665,51 @@
       </c>
       <c r="B100" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>726</v>
       </c>
       <c r="D100" s="17" t="s">
         <v>727</v>
       </c>
       <c r="E100" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F100" s="16" t="s">
         <v>728</v>
       </c>
       <c r="G100" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H100" s="19" t="s">
         <v>729</v>
       </c>
       <c r="I100" s="20">
         <v>41250001454</v>
       </c>
-      <c r="J100" s="83" t="s">
+      <c r="J100" s="20" t="s">
         <v>730</v>
       </c>
       <c r="K100" s="18"/>
       <c r="L100" s="21" t="s">
         <v>271</v>
       </c>
       <c r="M100" s="22" t="s">
         <v>731</v>
       </c>
       <c r="N100" s="22" t="s">
         <v>732</v>
       </c>
       <c r="O100" s="23">
         <v>34653</v>
       </c>
       <c r="P100" s="23"/>
       <c r="Q100" s="16"/>
       <c r="R100" s="16"/>
       <c r="S100" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T100" s="16"/>
       <c r="U100" s="16"/>
       <c r="V100" s="16"/>
       <c r="W100" s="16" t="s">
@@ -14951,51 +14945,51 @@
       </c>
       <c r="B104" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>758</v>
       </c>
       <c r="D104" s="17" t="s">
         <v>759</v>
       </c>
       <c r="E104" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F104" s="16" t="s">
         <v>760</v>
       </c>
       <c r="G104" s="18" t="s">
         <v>761</v>
       </c>
       <c r="H104" s="19" t="s">
         <v>762</v>
       </c>
       <c r="I104" s="20">
         <v>41250001492</v>
       </c>
-      <c r="J104" s="83" t="s">
+      <c r="J104" s="20" t="s">
         <v>763</v>
       </c>
       <c r="K104" s="18"/>
       <c r="L104" s="21" t="s">
         <v>764</v>
       </c>
       <c r="M104" s="22" t="s">
         <v>765</v>
       </c>
       <c r="N104" s="22" t="s">
         <v>766</v>
       </c>
       <c r="O104" s="23">
         <v>35647</v>
       </c>
       <c r="P104" s="23"/>
       <c r="Q104" s="16"/>
       <c r="R104" s="16"/>
       <c r="S104" s="16"/>
       <c r="T104" s="16" t="s">
         <v>45</v>
       </c>
       <c r="U104" s="16"/>
       <c r="V104" s="16"/>
       <c r="W104" s="16"/>
@@ -15441,51 +15435,51 @@
       </c>
       <c r="B111" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>811</v>
       </c>
       <c r="D111" s="17" t="s">
         <v>812</v>
       </c>
       <c r="E111" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F111" s="16">
         <v>43402</v>
       </c>
       <c r="G111" s="18" t="s">
         <v>813</v>
       </c>
       <c r="H111" s="19" t="s">
         <v>814</v>
       </c>
       <c r="I111" s="20">
         <v>41250001560</v>
       </c>
-      <c r="J111" s="83" t="s">
+      <c r="J111" s="20" t="s">
         <v>815</v>
       </c>
       <c r="K111" s="18"/>
       <c r="L111" s="21" t="s">
         <v>816</v>
       </c>
       <c r="M111" s="22" t="s">
         <v>817</v>
       </c>
       <c r="N111" s="22" t="s">
         <v>818</v>
       </c>
       <c r="O111" s="23">
         <v>36284</v>
       </c>
       <c r="P111" s="23"/>
       <c r="Q111" s="16"/>
       <c r="R111" s="16"/>
       <c r="S111" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T111" s="16"/>
       <c r="U111" s="16"/>
       <c r="V111" s="16"/>
       <c r="W111" s="16" t="s">
@@ -15581,51 +15575,51 @@
       </c>
       <c r="B113" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>826</v>
       </c>
       <c r="D113" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E113" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F113" s="16">
         <v>49525</v>
       </c>
       <c r="G113" s="18" t="s">
         <v>827</v>
       </c>
       <c r="H113" s="19" t="s">
         <v>828</v>
       </c>
       <c r="I113" s="20">
         <v>41250001584</v>
       </c>
-      <c r="J113" s="83" t="s">
+      <c r="J113" s="20" t="s">
         <v>829</v>
       </c>
       <c r="K113" s="18"/>
       <c r="L113" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M113" s="22" t="s">
         <v>830</v>
       </c>
       <c r="N113" s="22" t="s">
         <v>831</v>
       </c>
       <c r="O113" s="23">
         <v>35661</v>
       </c>
       <c r="P113" s="23"/>
       <c r="Q113" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R113" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S113" s="16"/>
       <c r="T113" s="16"/>
       <c r="U113" s="16"/>
@@ -15933,51 +15927,51 @@
       </c>
       <c r="B118" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>860</v>
       </c>
       <c r="D118" s="17" t="s">
         <v>861</v>
       </c>
       <c r="E118" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F118" s="16">
         <v>48059</v>
       </c>
       <c r="G118" s="18" t="s">
         <v>862</v>
       </c>
       <c r="H118" s="19" t="s">
         <v>863</v>
       </c>
       <c r="I118" s="20">
         <v>41250001638</v>
       </c>
-      <c r="J118" s="83" t="s">
+      <c r="J118" s="20" t="s">
         <v>864</v>
       </c>
       <c r="K118" s="18"/>
       <c r="L118" s="21" t="s">
         <v>865</v>
       </c>
       <c r="M118" s="22" t="s">
         <v>866</v>
       </c>
       <c r="N118" s="22" t="s">
         <v>867</v>
       </c>
       <c r="O118" s="23">
         <v>35647</v>
       </c>
       <c r="P118" s="23"/>
       <c r="Q118" s="16"/>
       <c r="R118" s="16"/>
       <c r="S118" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T118" s="16"/>
       <c r="U118" s="16"/>
       <c r="V118" s="16"/>
       <c r="W118" s="16" t="s">
@@ -16073,51 +16067,51 @@
       </c>
       <c r="B120" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C120" s="17" t="s">
         <v>874</v>
       </c>
       <c r="D120" s="17" t="s">
         <v>875</v>
       </c>
       <c r="E120" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F120" s="16">
         <v>46410</v>
       </c>
       <c r="G120" s="18" t="s">
         <v>876</v>
       </c>
       <c r="H120" s="19" t="s">
         <v>877</v>
       </c>
       <c r="I120" s="20">
         <v>41250001652</v>
       </c>
-      <c r="J120" s="83" t="s">
+      <c r="J120" s="20" t="s">
         <v>878</v>
       </c>
       <c r="K120" s="18"/>
       <c r="L120" s="21" t="s">
         <v>879</v>
       </c>
       <c r="M120" s="22" t="s">
         <v>880</v>
       </c>
       <c r="N120" s="22" t="s">
         <v>881</v>
       </c>
       <c r="O120" s="23">
         <v>36011</v>
       </c>
       <c r="P120" s="23"/>
       <c r="Q120" s="16"/>
       <c r="R120" s="16"/>
       <c r="S120" s="16"/>
       <c r="T120" s="16"/>
       <c r="U120" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V120" s="16"/>
       <c r="W120" s="16"/>
@@ -16353,51 +16347,51 @@
       </c>
       <c r="B124" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C124" s="18" t="s">
         <v>902</v>
       </c>
       <c r="D124" s="17" t="s">
         <v>903</v>
       </c>
       <c r="E124" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F124" s="16">
         <v>60490</v>
       </c>
       <c r="G124" s="18" t="s">
         <v>904</v>
       </c>
       <c r="H124" s="19" t="s">
         <v>905</v>
       </c>
       <c r="I124" s="20">
         <v>41250001690</v>
       </c>
-      <c r="J124" s="83" t="s">
+      <c r="J124" s="20" t="s">
         <v>906</v>
       </c>
       <c r="K124" s="18"/>
       <c r="L124" s="21" t="s">
         <v>907</v>
       </c>
       <c r="M124" s="22" t="s">
         <v>908</v>
       </c>
       <c r="N124" s="22" t="s">
         <v>909</v>
       </c>
       <c r="O124" s="23">
         <v>36375</v>
       </c>
       <c r="P124" s="23"/>
       <c r="Q124" s="16"/>
       <c r="R124" s="16"/>
       <c r="S124" s="16"/>
       <c r="T124" s="16"/>
       <c r="U124" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V124" s="16"/>
       <c r="W124" s="16"/>
@@ -16423,51 +16417,51 @@
       </c>
       <c r="B125" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C125" s="17" t="s">
         <v>910</v>
       </c>
       <c r="D125" s="17" t="s">
         <v>911</v>
       </c>
       <c r="E125" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F125" s="16">
         <v>46322</v>
       </c>
       <c r="G125" s="18" t="s">
         <v>912</v>
       </c>
       <c r="H125" s="19" t="s">
         <v>913</v>
       </c>
       <c r="I125" s="20">
         <v>41250001706</v>
       </c>
-      <c r="J125" s="83" t="s">
+      <c r="J125" s="20" t="s">
         <v>914</v>
       </c>
       <c r="K125" s="18"/>
       <c r="L125" s="21" t="s">
         <v>879</v>
       </c>
       <c r="M125" s="22" t="s">
         <v>915</v>
       </c>
       <c r="N125" s="22" t="s">
         <v>916</v>
       </c>
       <c r="O125" s="23">
         <v>36270</v>
       </c>
       <c r="P125" s="23"/>
       <c r="Q125" s="16"/>
       <c r="R125" s="16"/>
       <c r="S125" s="16"/>
       <c r="T125" s="16"/>
       <c r="U125" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V125" s="16"/>
       <c r="W125" s="16"/>
@@ -16493,51 +16487,51 @@
       </c>
       <c r="B126" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C126" s="17" t="s">
         <v>917</v>
       </c>
       <c r="D126" s="17" t="s">
         <v>918</v>
       </c>
       <c r="E126" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F126" s="16">
         <v>49601</v>
       </c>
       <c r="G126" s="18" t="s">
         <v>919</v>
       </c>
       <c r="H126" s="19" t="s">
         <v>920</v>
       </c>
       <c r="I126" s="20">
         <v>41250001713</v>
       </c>
-      <c r="J126" s="83" t="s">
+      <c r="J126" s="20" t="s">
         <v>921</v>
       </c>
       <c r="K126" s="18"/>
       <c r="L126" s="21" t="s">
         <v>922</v>
       </c>
       <c r="M126" s="22" t="s">
         <v>923</v>
       </c>
       <c r="N126" s="22" t="s">
         <v>924</v>
       </c>
       <c r="O126" s="23">
         <v>36235</v>
       </c>
       <c r="P126" s="23"/>
       <c r="Q126" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R126" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S126" s="16"/>
       <c r="T126" s="16"/>
       <c r="U126" s="16"/>
@@ -16565,51 +16559,51 @@
       </c>
       <c r="B127" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C127" s="17" t="s">
         <v>925</v>
       </c>
       <c r="D127" s="17" t="s">
         <v>926</v>
       </c>
       <c r="E127" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F127" s="16">
         <v>48843</v>
       </c>
       <c r="G127" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H127" s="19" t="s">
         <v>927</v>
       </c>
       <c r="I127" s="20">
         <v>41250001720</v>
       </c>
-      <c r="J127" s="83" t="s">
+      <c r="J127" s="20" t="s">
         <v>928</v>
       </c>
       <c r="K127" s="18"/>
       <c r="L127" s="21" t="s">
         <v>209</v>
       </c>
       <c r="M127" s="22" t="s">
         <v>929</v>
       </c>
       <c r="N127" s="22" t="s">
         <v>930</v>
       </c>
       <c r="O127" s="23">
         <v>36375</v>
       </c>
       <c r="P127" s="23"/>
       <c r="Q127" s="16"/>
       <c r="R127" s="16"/>
       <c r="S127" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T127" s="16"/>
       <c r="U127" s="16"/>
       <c r="V127" s="16" t="s">
         <v>45</v>
@@ -16635,51 +16629,51 @@
       </c>
       <c r="B128" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C128" s="17" t="s">
         <v>931</v>
       </c>
       <c r="D128" s="17" t="s">
         <v>308</v>
       </c>
       <c r="E128" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F128" s="16">
         <v>48103</v>
       </c>
       <c r="G128" s="18" t="s">
         <v>932</v>
       </c>
       <c r="H128" s="19" t="s">
         <v>933</v>
       </c>
       <c r="I128" s="20">
         <v>41250001737</v>
       </c>
-      <c r="J128" s="83" t="s">
+      <c r="J128" s="20" t="s">
         <v>934</v>
       </c>
       <c r="K128" s="18"/>
       <c r="L128" s="21" t="s">
         <v>110</v>
       </c>
       <c r="M128" s="22" t="s">
         <v>935</v>
       </c>
       <c r="N128" s="22" t="s">
         <v>936</v>
       </c>
       <c r="O128" s="23">
         <v>37031</v>
       </c>
       <c r="P128" s="23"/>
       <c r="Q128" s="16"/>
       <c r="R128" s="16"/>
       <c r="S128" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T128" s="16"/>
       <c r="U128" s="16"/>
       <c r="V128" s="16"/>
       <c r="W128" s="16" t="s">
@@ -16705,51 +16699,51 @@
       </c>
       <c r="B129" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C129" s="17" t="s">
         <v>937</v>
       </c>
       <c r="D129" s="17" t="s">
         <v>938</v>
       </c>
       <c r="E129" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F129" s="16">
         <v>48854</v>
       </c>
       <c r="G129" s="18" t="s">
         <v>939</v>
       </c>
       <c r="H129" s="19" t="s">
         <v>940</v>
       </c>
       <c r="I129" s="20">
         <v>41250001744</v>
       </c>
-      <c r="J129" s="83" t="s">
+      <c r="J129" s="20" t="s">
         <v>941</v>
       </c>
       <c r="K129" s="18"/>
       <c r="L129" s="21" t="s">
         <v>93</v>
       </c>
       <c r="M129" s="22" t="s">
         <v>942</v>
       </c>
       <c r="N129" s="22" t="s">
         <v>943</v>
       </c>
       <c r="O129" s="23">
         <v>36389</v>
       </c>
       <c r="P129" s="23"/>
       <c r="Q129" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R129" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S129" s="16"/>
       <c r="T129" s="16"/>
       <c r="U129" s="16"/>
@@ -16777,51 +16771,51 @@
       </c>
       <c r="B130" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C130" s="17" t="s">
         <v>944</v>
       </c>
       <c r="D130" s="17" t="s">
         <v>945</v>
       </c>
       <c r="E130" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F130" s="16">
         <v>49093</v>
       </c>
       <c r="G130" s="18" t="s">
         <v>946</v>
       </c>
       <c r="H130" s="19" t="s">
         <v>947</v>
       </c>
       <c r="I130" s="20">
         <v>41250001751</v>
       </c>
-      <c r="J130" s="83" t="s">
+      <c r="J130" s="20" t="s">
         <v>948</v>
       </c>
       <c r="K130" s="18"/>
       <c r="L130" s="21" t="s">
         <v>544</v>
       </c>
       <c r="M130" s="22" t="s">
         <v>949</v>
       </c>
       <c r="N130" s="22" t="s">
         <v>950</v>
       </c>
       <c r="O130" s="23">
         <v>36389</v>
       </c>
       <c r="P130" s="23"/>
       <c r="Q130" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R130" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S130" s="16"/>
       <c r="T130" s="16"/>
       <c r="U130" s="16"/>
@@ -16919,51 +16913,51 @@
       </c>
       <c r="B132" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C132" s="17" t="s">
         <v>958</v>
       </c>
       <c r="D132" s="17" t="s">
         <v>959</v>
       </c>
       <c r="E132" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F132" s="16">
         <v>48094</v>
       </c>
       <c r="G132" s="18" t="s">
         <v>960</v>
       </c>
       <c r="H132" s="19" t="s">
         <v>961</v>
       </c>
       <c r="I132" s="20">
         <v>41250001775</v>
       </c>
-      <c r="J132" s="83" t="s">
+      <c r="J132" s="20" t="s">
         <v>962</v>
       </c>
       <c r="K132" s="18"/>
       <c r="L132" s="21" t="s">
         <v>271</v>
       </c>
       <c r="M132" s="22" t="s">
         <v>963</v>
       </c>
       <c r="N132" s="22" t="s">
         <v>964</v>
       </c>
       <c r="O132" s="23">
         <v>36765</v>
       </c>
       <c r="P132" s="23"/>
       <c r="Q132" s="16"/>
       <c r="R132" s="16"/>
       <c r="S132" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T132" s="16"/>
       <c r="U132" s="16"/>
       <c r="V132" s="16"/>
       <c r="W132" s="16" t="s">
@@ -16989,51 +16983,51 @@
       </c>
       <c r="B133" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C133" s="18" t="s">
         <v>965</v>
       </c>
       <c r="D133" s="17" t="s">
         <v>966</v>
       </c>
       <c r="E133" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F133" s="16">
         <v>60504</v>
       </c>
       <c r="G133" s="18" t="s">
         <v>967</v>
       </c>
       <c r="H133" s="19" t="s">
         <v>968</v>
       </c>
       <c r="I133" s="20">
         <v>41250001782</v>
       </c>
-      <c r="J133" s="83" t="s">
+      <c r="J133" s="20" t="s">
         <v>969</v>
       </c>
       <c r="K133" s="18"/>
       <c r="L133" s="21" t="s">
         <v>970</v>
       </c>
       <c r="M133" s="22" t="s">
         <v>971</v>
       </c>
       <c r="N133" s="22" t="s">
         <v>972</v>
       </c>
       <c r="O133" s="23">
         <v>36751</v>
       </c>
       <c r="P133" s="23"/>
       <c r="Q133" s="16"/>
       <c r="R133" s="16"/>
       <c r="S133" s="16"/>
       <c r="T133" s="16"/>
       <c r="U133" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V133" s="16"/>
       <c r="W133" s="16"/>
@@ -17059,51 +17053,51 @@
       </c>
       <c r="B134" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C134" s="17" t="s">
         <v>973</v>
       </c>
       <c r="D134" s="17" t="s">
         <v>974</v>
       </c>
       <c r="E134" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F134" s="16">
         <v>49036</v>
       </c>
       <c r="G134" s="18" t="s">
         <v>975</v>
       </c>
       <c r="H134" s="19" t="s">
         <v>976</v>
       </c>
       <c r="I134" s="20">
         <v>41250001799</v>
       </c>
-      <c r="J134" s="83" t="s">
+      <c r="J134" s="20" t="s">
         <v>977</v>
       </c>
       <c r="K134" s="18"/>
       <c r="L134" s="21" t="s">
         <v>978</v>
       </c>
       <c r="M134" s="22" t="s">
         <v>979</v>
       </c>
       <c r="N134" s="22" t="s">
         <v>980</v>
       </c>
       <c r="O134" s="23">
         <v>36655</v>
       </c>
       <c r="P134" s="37" t="s">
         <v>981</v>
       </c>
       <c r="Q134" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R134" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S134" s="16"/>
@@ -17133,51 +17127,51 @@
       </c>
       <c r="B135" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C135" s="17" t="s">
         <v>982</v>
       </c>
       <c r="D135" s="17" t="s">
         <v>983</v>
       </c>
       <c r="E135" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F135" s="16">
         <v>49417</v>
       </c>
       <c r="G135" s="18" t="s">
         <v>984</v>
       </c>
       <c r="H135" s="19" t="s">
         <v>985</v>
       </c>
       <c r="I135" s="20">
         <v>41250001805</v>
       </c>
-      <c r="J135" s="83" t="s">
+      <c r="J135" s="20" t="s">
         <v>986</v>
       </c>
       <c r="K135" s="18"/>
       <c r="L135" s="21" t="s">
         <v>101</v>
       </c>
       <c r="M135" s="22" t="s">
         <v>987</v>
       </c>
       <c r="N135" s="22" t="s">
         <v>988</v>
       </c>
       <c r="O135" s="23">
         <v>36284</v>
       </c>
       <c r="P135" s="23"/>
       <c r="Q135" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R135" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S135" s="16"/>
       <c r="T135" s="16"/>
       <c r="U135" s="16"/>
@@ -17275,51 +17269,51 @@
       </c>
       <c r="B137" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C137" s="18" t="s">
         <v>996</v>
       </c>
       <c r="D137" s="17" t="s">
         <v>997</v>
       </c>
       <c r="E137" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F137" s="16">
         <v>60174</v>
       </c>
       <c r="G137" s="18" t="s">
         <v>998</v>
       </c>
       <c r="H137" s="19" t="s">
         <v>999</v>
       </c>
       <c r="I137" s="20">
         <v>41250001829</v>
       </c>
-      <c r="J137" s="83" t="s">
+      <c r="J137" s="20" t="s">
         <v>1000</v>
       </c>
       <c r="K137" s="18"/>
       <c r="L137" s="21" t="s">
         <v>1001</v>
       </c>
       <c r="M137" s="22" t="s">
         <v>1002</v>
       </c>
       <c r="N137" s="22" t="s">
         <v>1003</v>
       </c>
       <c r="O137" s="23">
         <v>36786</v>
       </c>
       <c r="P137" s="23"/>
       <c r="Q137" s="16"/>
       <c r="R137" s="16"/>
       <c r="S137" s="16"/>
       <c r="T137" s="16"/>
       <c r="U137" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V137" s="16"/>
       <c r="W137" s="16"/>
@@ -17345,51 +17339,51 @@
       </c>
       <c r="B138" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C138" s="18" t="s">
         <v>1004</v>
       </c>
       <c r="D138" s="17" t="s">
         <v>1005</v>
       </c>
       <c r="E138" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F138" s="16">
         <v>60123</v>
       </c>
       <c r="G138" s="18" t="s">
         <v>1006</v>
       </c>
       <c r="H138" s="19" t="s">
         <v>1007</v>
       </c>
       <c r="I138" s="20">
         <v>41250001836</v>
       </c>
-      <c r="J138" s="83" t="s">
+      <c r="J138" s="20" t="s">
         <v>1008</v>
       </c>
       <c r="K138" s="18"/>
       <c r="L138" s="21" t="s">
         <v>1001</v>
       </c>
       <c r="M138" s="22" t="s">
         <v>1009</v>
       </c>
       <c r="N138" s="22" t="s">
         <v>1010</v>
       </c>
       <c r="O138" s="23">
         <v>37115</v>
       </c>
       <c r="P138" s="23"/>
       <c r="Q138" s="16"/>
       <c r="R138" s="16"/>
       <c r="S138" s="16"/>
       <c r="T138" s="16"/>
       <c r="U138" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V138" s="16"/>
       <c r="W138" s="16"/>
@@ -17485,51 +17479,51 @@
       </c>
       <c r="B140" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C140" s="17" t="s">
         <v>1017</v>
       </c>
       <c r="D140" s="17" t="s">
         <v>1018</v>
       </c>
       <c r="E140" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F140" s="16">
         <v>48326</v>
       </c>
       <c r="G140" s="18" t="s">
         <v>1019</v>
       </c>
       <c r="H140" s="19" t="s">
         <v>1020</v>
       </c>
       <c r="I140" s="20">
         <v>41250001850</v>
       </c>
-      <c r="J140" s="83" t="s">
+      <c r="J140" s="20" t="s">
         <v>1021</v>
       </c>
       <c r="K140" s="18"/>
       <c r="L140" s="21" t="s">
         <v>150</v>
       </c>
       <c r="M140" s="22" t="s">
         <v>1022</v>
       </c>
       <c r="N140" s="22" t="s">
         <v>1023</v>
       </c>
       <c r="O140" s="23">
         <v>36765</v>
       </c>
       <c r="P140" s="23"/>
       <c r="Q140" s="16"/>
       <c r="R140" s="16"/>
       <c r="S140" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T140" s="16"/>
       <c r="U140" s="16"/>
       <c r="V140" s="16"/>
       <c r="W140" s="16" t="s">
@@ -17625,51 +17619,51 @@
       </c>
       <c r="B142" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C142" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="D142" s="17" t="s">
         <v>222</v>
       </c>
       <c r="E142" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F142" s="16">
         <v>48708</v>
       </c>
       <c r="G142" s="18" t="s">
         <v>1032</v>
       </c>
       <c r="H142" s="19" t="s">
         <v>1033</v>
       </c>
       <c r="I142" s="20">
         <v>41250001874</v>
       </c>
-      <c r="J142" s="83" t="s">
+      <c r="J142" s="20" t="s">
         <v>1034</v>
       </c>
       <c r="K142" s="18"/>
       <c r="L142" s="21" t="s">
         <v>226</v>
       </c>
       <c r="M142" s="22" t="s">
         <v>1035</v>
       </c>
       <c r="N142" s="22" t="s">
         <v>1036</v>
       </c>
       <c r="O142" s="23">
         <v>36655</v>
       </c>
       <c r="P142" s="23"/>
       <c r="Q142" s="16"/>
       <c r="R142" s="16"/>
       <c r="S142" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T142" s="16"/>
       <c r="U142" s="16"/>
       <c r="V142" s="16" t="s">
         <v>45</v>
@@ -17695,51 +17689,51 @@
       </c>
       <c r="B143" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C143" s="17" t="s">
         <v>1037</v>
       </c>
       <c r="D143" s="17" t="s">
         <v>1038</v>
       </c>
       <c r="E143" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F143" s="16">
         <v>48150</v>
       </c>
       <c r="G143" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H143" s="19" t="s">
         <v>1039</v>
       </c>
       <c r="I143" s="20">
         <v>41250001881</v>
       </c>
-      <c r="J143" s="83" t="s">
+      <c r="J143" s="20" t="s">
         <v>1040</v>
       </c>
       <c r="K143" s="18"/>
       <c r="L143" s="21" t="s">
         <v>133</v>
       </c>
       <c r="M143" s="22" t="s">
         <v>1041</v>
       </c>
       <c r="N143" s="22" t="s">
         <v>1042</v>
       </c>
       <c r="O143" s="24">
         <v>36765</v>
       </c>
       <c r="P143" s="24"/>
       <c r="Q143" s="16"/>
       <c r="R143" s="16"/>
       <c r="S143" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T143" s="16"/>
       <c r="U143" s="16"/>
       <c r="V143" s="16"/>
       <c r="W143" s="16" t="s">
@@ -17765,51 +17759,51 @@
       </c>
       <c r="B144" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C144" s="17" t="s">
         <v>1043</v>
       </c>
       <c r="D144" s="17" t="s">
         <v>1044</v>
       </c>
       <c r="E144" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F144" s="16">
         <v>43512</v>
       </c>
       <c r="G144" s="18" t="s">
         <v>1045</v>
       </c>
       <c r="H144" s="19" t="s">
         <v>1046</v>
       </c>
       <c r="I144" s="20">
         <v>41250001898</v>
       </c>
-      <c r="J144" s="83" t="s">
+      <c r="J144" s="20" t="s">
         <v>1047</v>
       </c>
       <c r="K144" s="18"/>
       <c r="L144" s="21" t="s">
         <v>1044</v>
       </c>
       <c r="M144" s="22" t="s">
         <v>1048</v>
       </c>
       <c r="N144" s="22" t="s">
         <v>1049</v>
       </c>
       <c r="O144" s="23">
         <v>36620</v>
       </c>
       <c r="P144" s="23"/>
       <c r="Q144" s="16"/>
       <c r="R144" s="16"/>
       <c r="S144" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T144" s="16"/>
       <c r="U144" s="16"/>
       <c r="V144" s="16"/>
       <c r="W144" s="16" t="s">
@@ -17835,51 +17829,51 @@
       </c>
       <c r="B145" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C145" s="17" t="s">
         <v>1050</v>
       </c>
       <c r="D145" s="17" t="s">
         <v>1051</v>
       </c>
       <c r="E145" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F145" s="16">
         <v>46703</v>
       </c>
       <c r="G145" s="18" t="s">
         <v>1052</v>
       </c>
       <c r="H145" s="19" t="s">
         <v>1053</v>
       </c>
       <c r="I145" s="20">
         <v>41250001904</v>
       </c>
-      <c r="J145" s="83" t="s">
+      <c r="J145" s="20" t="s">
         <v>1054</v>
       </c>
       <c r="K145" s="18"/>
       <c r="L145" s="21" t="s">
         <v>1055</v>
       </c>
       <c r="M145" s="22" t="s">
         <v>1056</v>
       </c>
       <c r="N145" s="22" t="s">
         <v>1057</v>
       </c>
       <c r="O145" s="23">
         <v>36620</v>
       </c>
       <c r="P145" s="23"/>
       <c r="Q145" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R145" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S145" s="16"/>
       <c r="T145" s="16"/>
       <c r="U145" s="16"/>
@@ -17907,51 +17901,51 @@
       </c>
       <c r="B146" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C146" s="17" t="s">
         <v>1058</v>
       </c>
       <c r="D146" s="17" t="s">
         <v>1059</v>
       </c>
       <c r="E146" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F146" s="16">
         <v>49080</v>
       </c>
       <c r="G146" s="18" t="s">
         <v>1060</v>
       </c>
       <c r="H146" s="19" t="s">
         <v>1061</v>
       </c>
       <c r="I146" s="20">
         <v>41250001911</v>
       </c>
-      <c r="J146" s="83" t="s">
+      <c r="J146" s="20" t="s">
         <v>1062</v>
       </c>
       <c r="K146" s="18"/>
       <c r="L146" s="21" t="s">
         <v>1063</v>
       </c>
       <c r="M146" s="22" t="s">
         <v>1064</v>
       </c>
       <c r="N146" s="22" t="s">
         <v>1065</v>
       </c>
       <c r="O146" s="23">
         <v>36669</v>
       </c>
       <c r="P146" s="23"/>
       <c r="Q146" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R146" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S146" s="16"/>
       <c r="T146" s="16"/>
       <c r="U146" s="16"/>
@@ -17979,51 +17973,51 @@
       </c>
       <c r="B147" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C147" s="17" t="s">
         <v>1066</v>
       </c>
       <c r="D147" s="17" t="s">
         <v>1067</v>
       </c>
       <c r="E147" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F147" s="16">
         <v>61107</v>
       </c>
       <c r="G147" s="18" t="s">
         <v>1068</v>
       </c>
       <c r="H147" s="19" t="s">
         <v>1069</v>
       </c>
       <c r="I147" s="20">
         <v>41250001928</v>
       </c>
-      <c r="J147" s="83" t="s">
+      <c r="J147" s="20" t="s">
         <v>1070</v>
       </c>
       <c r="K147" s="18"/>
       <c r="L147" s="21" t="s">
         <v>1071</v>
       </c>
       <c r="M147" s="22" t="s">
         <v>1072</v>
       </c>
       <c r="N147" s="22" t="s">
         <v>1073</v>
       </c>
       <c r="O147" s="23">
         <v>42145</v>
       </c>
       <c r="P147" s="23"/>
       <c r="Q147" s="16"/>
       <c r="R147" s="16"/>
       <c r="S147" s="16"/>
       <c r="T147" s="16"/>
       <c r="U147" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V147" s="16"/>
       <c r="W147" s="16"/>
@@ -18049,51 +18043,51 @@
       </c>
       <c r="B148" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C148" s="17" t="s">
         <v>1074</v>
       </c>
       <c r="D148" s="17" t="s">
         <v>1075</v>
       </c>
       <c r="E148" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F148" s="16">
         <v>49431</v>
       </c>
       <c r="G148" s="18" t="s">
         <v>1076</v>
       </c>
       <c r="H148" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="I148" s="20">
         <v>41250001935</v>
       </c>
-      <c r="J148" s="83" t="s">
+      <c r="J148" s="20" t="s">
         <v>1078</v>
       </c>
       <c r="K148" s="18"/>
       <c r="L148" s="21" t="s">
         <v>938</v>
       </c>
       <c r="M148" s="22" t="s">
         <v>1079</v>
       </c>
       <c r="N148" s="22" t="s">
         <v>1080</v>
       </c>
       <c r="O148" s="23">
         <v>36669</v>
       </c>
       <c r="P148" s="23"/>
       <c r="Q148" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R148" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S148" s="16"/>
       <c r="T148" s="16"/>
       <c r="U148" s="16"/>
@@ -18121,51 +18115,51 @@
       </c>
       <c r="B149" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C149" s="17" t="s">
         <v>1081</v>
       </c>
       <c r="D149" s="17" t="s">
         <v>1082</v>
       </c>
       <c r="E149" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F149" s="16">
         <v>48813</v>
       </c>
       <c r="G149" s="18" t="s">
         <v>1083</v>
       </c>
       <c r="H149" s="19" t="s">
         <v>1084</v>
       </c>
       <c r="I149" s="20">
         <v>41250001942</v>
       </c>
-      <c r="J149" s="83" t="s">
+      <c r="J149" s="20" t="s">
         <v>1085</v>
       </c>
       <c r="K149" s="18"/>
       <c r="L149" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M149" s="22" t="s">
         <v>1086</v>
       </c>
       <c r="N149" s="22" t="s">
         <v>1087</v>
       </c>
       <c r="O149" s="23">
         <v>36751</v>
       </c>
       <c r="P149" s="23"/>
       <c r="Q149" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R149" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S149" s="16"/>
       <c r="T149" s="16"/>
       <c r="U149" s="16"/>
@@ -18193,51 +18187,51 @@
       </c>
       <c r="B150" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C150" s="17" t="s">
         <v>1088</v>
       </c>
       <c r="D150" s="17" t="s">
         <v>1089</v>
       </c>
       <c r="E150" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F150" s="16">
         <v>49014</v>
       </c>
       <c r="G150" s="18" t="s">
         <v>1090</v>
       </c>
       <c r="H150" s="19" t="s">
         <v>1091</v>
       </c>
       <c r="I150" s="20">
         <v>41250001959</v>
       </c>
-      <c r="J150" s="83" t="s">
+      <c r="J150" s="20" t="s">
         <v>1092</v>
       </c>
       <c r="K150" s="18"/>
       <c r="L150" s="21" t="s">
         <v>1093</v>
       </c>
       <c r="M150" s="22" t="s">
         <v>1094</v>
       </c>
       <c r="N150" s="22" t="s">
         <v>1095</v>
       </c>
       <c r="O150" s="23">
         <v>37031</v>
       </c>
       <c r="P150" s="23" t="s">
         <v>981</v>
       </c>
       <c r="Q150" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R150" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S150" s="16"/>
@@ -18267,51 +18261,51 @@
       </c>
       <c r="B151" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C151" s="17" t="s">
         <v>1096</v>
       </c>
       <c r="D151" s="17" t="s">
         <v>74</v>
       </c>
       <c r="E151" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F151" s="16">
         <v>49024</v>
       </c>
       <c r="G151" s="18" t="s">
         <v>1097</v>
       </c>
       <c r="H151" s="19" t="s">
         <v>1098</v>
       </c>
       <c r="I151" s="20">
         <v>41250001966</v>
       </c>
-      <c r="J151" s="83" t="s">
+      <c r="J151" s="20" t="s">
         <v>1099</v>
       </c>
       <c r="K151" s="18"/>
       <c r="L151" s="21" t="s">
         <v>67</v>
       </c>
       <c r="M151" s="22" t="s">
         <v>1100</v>
       </c>
       <c r="N151" s="22" t="s">
         <v>1101</v>
       </c>
       <c r="O151" s="23">
         <v>37024</v>
       </c>
       <c r="P151" s="23"/>
       <c r="Q151" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R151" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S151" s="16"/>
       <c r="T151" s="16"/>
       <c r="U151" s="16"/>
@@ -18339,51 +18333,51 @@
       </c>
       <c r="B152" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C152" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="D152" s="17" t="s">
         <v>1103</v>
       </c>
       <c r="E152" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F152" s="16">
         <v>48371</v>
       </c>
       <c r="G152" s="18" t="s">
         <v>1104</v>
       </c>
       <c r="H152" s="19" t="s">
         <v>1105</v>
       </c>
       <c r="I152" s="20">
         <v>41250001973</v>
       </c>
-      <c r="J152" s="83" t="s">
+      <c r="J152" s="20" t="s">
         <v>1106</v>
       </c>
       <c r="K152" s="18"/>
       <c r="L152" s="21" t="s">
         <v>150</v>
       </c>
       <c r="M152" s="22" t="s">
         <v>1107</v>
       </c>
       <c r="N152" s="22" t="s">
         <v>1108</v>
       </c>
       <c r="O152" s="23">
         <v>36968</v>
       </c>
       <c r="P152" s="23"/>
       <c r="Q152" s="16"/>
       <c r="R152" s="16"/>
       <c r="S152" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T152" s="16"/>
       <c r="U152" s="16"/>
       <c r="V152" s="16"/>
       <c r="W152" s="16" t="s">
@@ -18409,51 +18403,51 @@
       </c>
       <c r="B153" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C153" s="17" t="s">
         <v>1109</v>
       </c>
       <c r="D153" s="17" t="s">
         <v>1110</v>
       </c>
       <c r="E153" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F153" s="16">
         <v>60108</v>
       </c>
       <c r="G153" s="18" t="s">
         <v>1111</v>
       </c>
       <c r="H153" s="19" t="s">
         <v>1112</v>
       </c>
       <c r="I153" s="20">
         <v>41250001980</v>
       </c>
-      <c r="J153" s="83" t="s">
+      <c r="J153" s="20" t="s">
         <v>1113</v>
       </c>
       <c r="K153" s="18"/>
       <c r="L153" s="18" t="s">
         <v>970</v>
       </c>
       <c r="M153" s="22" t="s">
         <v>1114</v>
       </c>
       <c r="N153" s="22" t="s">
         <v>1115</v>
       </c>
       <c r="O153" s="24">
         <v>38489</v>
       </c>
       <c r="P153" s="24"/>
       <c r="Q153" s="16"/>
       <c r="R153" s="16"/>
       <c r="S153" s="16"/>
       <c r="T153" s="16"/>
       <c r="U153" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V153" s="16"/>
       <c r="W153" s="16"/>
@@ -18479,51 +18473,51 @@
       </c>
       <c r="B154" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C154" s="17" t="s">
         <v>1116</v>
       </c>
       <c r="D154" s="17" t="s">
         <v>1117</v>
       </c>
       <c r="E154" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F154" s="16">
         <v>49316</v>
       </c>
       <c r="G154" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H154" s="19" t="s">
         <v>1118</v>
       </c>
       <c r="I154" s="20">
         <v>41250001997</v>
       </c>
-      <c r="J154" s="83" t="s">
+      <c r="J154" s="20" t="s">
         <v>1119</v>
       </c>
       <c r="K154" s="18"/>
       <c r="L154" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M154" s="22" t="s">
         <v>1120</v>
       </c>
       <c r="N154" s="22" t="s">
         <v>1121</v>
       </c>
       <c r="O154" s="24">
         <v>38468</v>
       </c>
       <c r="P154" s="24"/>
       <c r="Q154" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R154" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S154" s="16"/>
       <c r="T154" s="16"/>
       <c r="U154" s="16"/>
@@ -18551,51 +18545,51 @@
       </c>
       <c r="B155" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C155" s="17" t="s">
         <v>1122</v>
       </c>
       <c r="D155" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="E155" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F155" s="16">
         <v>48838</v>
       </c>
       <c r="G155" s="18" t="s">
         <v>1124</v>
       </c>
       <c r="H155" s="19" t="s">
         <v>1125</v>
       </c>
       <c r="I155" s="20">
         <v>41250002017</v>
       </c>
-      <c r="J155" s="83" t="s">
+      <c r="J155" s="20" t="s">
         <v>1126</v>
       </c>
       <c r="K155" s="18"/>
       <c r="L155" s="21" t="s">
         <v>1127</v>
       </c>
       <c r="M155" s="22" t="s">
         <v>1128</v>
       </c>
       <c r="N155" s="22" t="s">
         <v>1129</v>
       </c>
       <c r="O155" s="23">
         <v>37033</v>
       </c>
       <c r="P155" s="23"/>
       <c r="Q155" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R155" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S155" s="16"/>
       <c r="T155" s="16"/>
       <c r="U155" s="16"/>
@@ -18623,51 +18617,51 @@
       </c>
       <c r="B156" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C156" s="17" t="s">
         <v>1130</v>
       </c>
       <c r="D156" s="17" t="s">
         <v>1131</v>
       </c>
       <c r="E156" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F156" s="16">
         <v>49307</v>
       </c>
       <c r="G156" s="18" t="s">
         <v>1132</v>
       </c>
       <c r="H156" s="19" t="s">
         <v>1133</v>
       </c>
       <c r="I156" s="20">
         <v>41250002031</v>
       </c>
-      <c r="J156" s="83" t="s">
+      <c r="J156" s="20" t="s">
         <v>1134</v>
       </c>
       <c r="K156" s="18"/>
       <c r="L156" s="21" t="s">
         <v>1135</v>
       </c>
       <c r="M156" s="22" t="s">
         <v>1136</v>
       </c>
       <c r="N156" s="22" t="s">
         <v>1137</v>
       </c>
       <c r="O156" s="23">
         <v>37115</v>
       </c>
       <c r="P156" s="23"/>
       <c r="Q156" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R156" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S156" s="16"/>
       <c r="T156" s="16"/>
       <c r="U156" s="16"/>
@@ -18765,51 +18759,51 @@
       </c>
       <c r="B158" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C158" s="17" t="s">
         <v>1145</v>
       </c>
       <c r="D158" s="17" t="s">
         <v>1146</v>
       </c>
       <c r="E158" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F158" s="16">
         <v>49331</v>
       </c>
       <c r="G158" s="18" t="s">
         <v>1147</v>
       </c>
       <c r="H158" s="19" t="s">
         <v>1148</v>
       </c>
       <c r="I158" s="20">
         <v>41250002055</v>
       </c>
-      <c r="J158" s="83" t="s">
+      <c r="J158" s="20" t="s">
         <v>1149</v>
       </c>
       <c r="K158" s="18"/>
       <c r="L158" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M158" s="22" t="s">
         <v>1150</v>
       </c>
       <c r="N158" s="22" t="s">
         <v>1151</v>
       </c>
       <c r="O158" s="23">
         <v>37031</v>
       </c>
       <c r="P158" s="23"/>
       <c r="Q158" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R158" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S158" s="16"/>
       <c r="T158" s="16"/>
       <c r="U158" s="16"/>
@@ -18837,51 +18831,51 @@
       </c>
       <c r="B159" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C159" s="17" t="s">
         <v>1152</v>
       </c>
       <c r="D159" s="17" t="s">
         <v>1153</v>
       </c>
       <c r="E159" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F159" s="16">
         <v>60102</v>
       </c>
       <c r="G159" s="18" t="s">
         <v>1154</v>
       </c>
       <c r="H159" s="19" t="s">
         <v>1155</v>
       </c>
       <c r="I159" s="20">
         <v>41250002062</v>
       </c>
-      <c r="J159" s="83" t="s">
+      <c r="J159" s="20" t="s">
         <v>1156</v>
       </c>
       <c r="K159" s="18"/>
       <c r="L159" s="21" t="s">
         <v>1157</v>
       </c>
       <c r="M159" s="22" t="s">
         <v>1158</v>
       </c>
       <c r="N159" s="22" t="s">
         <v>1159</v>
       </c>
       <c r="O159" s="23">
         <v>37115</v>
       </c>
       <c r="P159" s="23"/>
       <c r="Q159" s="16"/>
       <c r="R159" s="16"/>
       <c r="S159" s="16"/>
       <c r="T159" s="16"/>
       <c r="U159" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V159" s="16"/>
       <c r="W159" s="16"/>
@@ -18977,51 +18971,51 @@
       </c>
       <c r="B161" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C161" s="17" t="s">
         <v>1168</v>
       </c>
       <c r="D161" s="17" t="s">
         <v>1169</v>
       </c>
       <c r="E161" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F161" s="16">
         <v>48146</v>
       </c>
       <c r="G161" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H161" s="19" t="s">
         <v>1170</v>
       </c>
       <c r="I161" s="20">
         <v>41250002086</v>
       </c>
-      <c r="J161" s="83" t="s">
+      <c r="J161" s="20" t="s">
         <v>1171</v>
       </c>
       <c r="K161" s="18"/>
       <c r="L161" s="21" t="s">
         <v>133</v>
       </c>
       <c r="M161" s="16" t="s">
         <v>1172</v>
       </c>
       <c r="N161" s="22" t="s">
         <v>1173</v>
       </c>
       <c r="O161" s="23">
         <v>38300</v>
       </c>
       <c r="P161" s="23"/>
       <c r="Q161" s="16"/>
       <c r="R161" s="16"/>
       <c r="S161" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T161" s="16"/>
       <c r="U161" s="16"/>
       <c r="V161" s="16"/>
       <c r="W161" s="16" t="s">
@@ -19047,51 +19041,51 @@
       </c>
       <c r="B162" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C162" s="17" t="s">
         <v>1174</v>
       </c>
       <c r="D162" s="17" t="s">
         <v>1175</v>
       </c>
       <c r="E162" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F162" s="16">
         <v>48820</v>
       </c>
       <c r="G162" s="18" t="s">
         <v>1176</v>
       </c>
       <c r="H162" s="19" t="s">
         <v>1177</v>
       </c>
       <c r="I162" s="20">
         <v>41250002093</v>
       </c>
-      <c r="J162" s="83" t="s">
+      <c r="J162" s="20" t="s">
         <v>1178</v>
       </c>
       <c r="K162" s="18"/>
       <c r="L162" s="18" t="s">
         <v>1179</v>
       </c>
       <c r="M162" s="16" t="s">
         <v>1180</v>
       </c>
       <c r="N162" s="22" t="s">
         <v>1181</v>
       </c>
       <c r="O162" s="24">
         <v>39189</v>
       </c>
       <c r="P162" s="24"/>
       <c r="Q162" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R162" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S162" s="16"/>
       <c r="T162" s="16"/>
       <c r="U162" s="16"/>
@@ -19119,51 +19113,51 @@
       </c>
       <c r="B163" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C163" s="17" t="s">
         <v>1182</v>
       </c>
       <c r="D163" s="17" t="s">
         <v>1183</v>
       </c>
       <c r="E163" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F163" s="16">
         <v>48837</v>
       </c>
       <c r="G163" s="18" t="s">
         <v>1184</v>
       </c>
       <c r="H163" s="19" t="s">
         <v>1185</v>
       </c>
       <c r="I163" s="20">
         <v>41250002109</v>
       </c>
-      <c r="J163" s="83" t="s">
+      <c r="J163" s="20" t="s">
         <v>1186</v>
       </c>
       <c r="K163" s="18"/>
       <c r="L163" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M163" s="22" t="s">
         <v>1187</v>
       </c>
       <c r="N163" s="22" t="s">
         <v>1188</v>
       </c>
       <c r="O163" s="24">
         <v>38825</v>
       </c>
       <c r="P163" s="24"/>
       <c r="Q163" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R163" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S163" s="16"/>
       <c r="T163" s="16"/>
       <c r="U163" s="16"/>
@@ -19331,51 +19325,51 @@
       </c>
       <c r="B166" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C166" s="17" t="s">
         <v>1203</v>
       </c>
       <c r="D166" s="17" t="s">
         <v>1204</v>
       </c>
       <c r="E166" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F166" s="16">
         <v>48415</v>
       </c>
       <c r="G166" s="18" t="s">
         <v>1205</v>
       </c>
       <c r="H166" s="19" t="s">
         <v>1206</v>
       </c>
       <c r="I166" s="20">
         <v>41250002130</v>
       </c>
-      <c r="J166" s="83" t="s">
+      <c r="J166" s="20" t="s">
         <v>1207</v>
       </c>
       <c r="K166" s="18"/>
       <c r="L166" s="18" t="s">
         <v>176</v>
       </c>
       <c r="M166" s="22" t="s">
         <v>1208</v>
       </c>
       <c r="N166" s="22" t="s">
         <v>1209</v>
       </c>
       <c r="O166" s="24">
         <v>39708</v>
       </c>
       <c r="P166" s="24"/>
       <c r="Q166" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R166" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S166" s="16"/>
       <c r="T166" s="16"/>
       <c r="U166" s="16"/>
@@ -19403,51 +19397,51 @@
       </c>
       <c r="B167" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C167" s="17" t="s">
         <v>1210</v>
       </c>
       <c r="D167" s="17" t="s">
         <v>1211</v>
       </c>
       <c r="E167" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F167" s="16">
         <v>60544</v>
       </c>
       <c r="G167" s="18" t="s">
         <v>1212</v>
       </c>
       <c r="H167" s="19" t="s">
         <v>1213</v>
       </c>
       <c r="I167" s="20">
         <v>41250002147</v>
       </c>
-      <c r="J167" s="83" t="s">
+      <c r="J167" s="20" t="s">
         <v>1214</v>
       </c>
       <c r="K167" s="18"/>
       <c r="L167" s="21" t="s">
         <v>907</v>
       </c>
       <c r="M167" s="22" t="s">
         <v>1215</v>
       </c>
       <c r="N167" s="22" t="s">
         <v>1216</v>
       </c>
       <c r="O167" s="24">
         <v>38853</v>
       </c>
       <c r="P167" s="24"/>
       <c r="Q167" s="16"/>
       <c r="R167" s="16"/>
       <c r="S167" s="16"/>
       <c r="T167" s="16"/>
       <c r="U167" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V167" s="16"/>
       <c r="W167" s="16"/>
@@ -19473,51 +19467,51 @@
       </c>
       <c r="B168" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C168" s="17" t="s">
         <v>1217</v>
       </c>
       <c r="D168" s="17" t="s">
         <v>903</v>
       </c>
       <c r="E168" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F168" s="16">
         <v>60440</v>
       </c>
       <c r="G168" s="18" t="s">
         <v>1218</v>
       </c>
       <c r="H168" s="19" t="s">
         <v>1219</v>
       </c>
       <c r="I168" s="20">
         <v>41250002154</v>
       </c>
-      <c r="J168" s="83" t="s">
+      <c r="J168" s="20" t="s">
         <v>1220</v>
       </c>
       <c r="K168" s="18"/>
       <c r="L168" s="21" t="s">
         <v>907</v>
       </c>
       <c r="M168" s="22" t="s">
         <v>1221</v>
       </c>
       <c r="N168" s="22" t="s">
         <v>1222</v>
       </c>
       <c r="O168" s="24">
         <v>37397</v>
       </c>
       <c r="P168" s="24"/>
       <c r="Q168" s="16"/>
       <c r="R168" s="16"/>
       <c r="S168" s="16"/>
       <c r="T168" s="16"/>
       <c r="U168" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V168" s="16"/>
       <c r="W168" s="16"/>
@@ -19543,51 +19537,51 @@
       </c>
       <c r="B169" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C169" s="17" t="s">
         <v>1223</v>
       </c>
       <c r="D169" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E169" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F169" s="16">
         <v>49534</v>
       </c>
       <c r="G169" s="18" t="s">
         <v>1224</v>
       </c>
       <c r="H169" s="19" t="s">
         <v>1225</v>
       </c>
       <c r="I169" s="20">
         <v>41250002161</v>
       </c>
-      <c r="J169" s="83" t="s">
+      <c r="J169" s="20" t="s">
         <v>1226</v>
       </c>
       <c r="K169" s="18"/>
       <c r="L169" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M169" s="22" t="s">
         <v>1227</v>
       </c>
       <c r="N169" s="22" t="s">
         <v>1228</v>
       </c>
       <c r="O169" s="24">
         <v>38468</v>
       </c>
       <c r="P169" s="24"/>
       <c r="Q169" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R169" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S169" s="16"/>
       <c r="T169" s="16"/>
       <c r="U169" s="16"/>
@@ -19615,51 +19609,51 @@
       </c>
       <c r="B170" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C170" s="17" t="s">
         <v>1229</v>
       </c>
       <c r="D170" s="17" t="s">
         <v>214</v>
       </c>
       <c r="E170" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F170" s="16">
         <v>49424</v>
       </c>
       <c r="G170" s="18" t="s">
         <v>1230</v>
       </c>
       <c r="H170" s="19" t="s">
         <v>1231</v>
       </c>
       <c r="I170" s="20">
         <v>41250002178</v>
       </c>
-      <c r="J170" s="83" t="s">
+      <c r="J170" s="20" t="s">
         <v>1232</v>
       </c>
       <c r="K170" s="18"/>
       <c r="L170" s="18" t="s">
         <v>101</v>
       </c>
       <c r="M170" s="22" t="s">
         <v>1233</v>
       </c>
       <c r="N170" s="22" t="s">
         <v>1234</v>
       </c>
       <c r="O170" s="24">
         <v>38454</v>
       </c>
       <c r="P170" s="24"/>
       <c r="Q170" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R170" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S170" s="16"/>
       <c r="T170" s="16"/>
       <c r="U170" s="16"/>
@@ -19687,51 +19681,51 @@
       </c>
       <c r="B171" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C171" s="17" t="s">
         <v>1235</v>
       </c>
       <c r="D171" s="17" t="s">
         <v>1157</v>
       </c>
       <c r="E171" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F171" s="16">
         <v>60050</v>
       </c>
       <c r="G171" s="18" t="s">
         <v>1236</v>
       </c>
       <c r="H171" s="19" t="s">
         <v>1237</v>
       </c>
       <c r="I171" s="20">
         <v>41250002185</v>
       </c>
-      <c r="J171" s="83" t="s">
+      <c r="J171" s="20" t="s">
         <v>1238</v>
       </c>
       <c r="K171" s="18"/>
       <c r="L171" s="21" t="s">
         <v>1157</v>
       </c>
       <c r="M171" s="22" t="s">
         <v>1239</v>
       </c>
       <c r="N171" s="22" t="s">
         <v>1240</v>
       </c>
       <c r="O171" s="24">
         <v>37397</v>
       </c>
       <c r="P171" s="24"/>
       <c r="Q171" s="16"/>
       <c r="R171" s="16"/>
       <c r="S171" s="16"/>
       <c r="T171" s="16"/>
       <c r="U171" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V171" s="16"/>
       <c r="W171" s="16"/>
@@ -19757,51 +19751,51 @@
       </c>
       <c r="B172" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C172" s="17" t="s">
         <v>1241</v>
       </c>
       <c r="D172" s="17" t="s">
         <v>1242</v>
       </c>
       <c r="E172" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F172" s="16">
         <v>60491</v>
       </c>
       <c r="G172" s="18" t="s">
         <v>1243</v>
       </c>
       <c r="H172" s="19" t="s">
         <v>1244</v>
       </c>
       <c r="I172" s="20">
         <v>41250002192</v>
       </c>
-      <c r="J172" s="83" t="s">
+      <c r="J172" s="20" t="s">
         <v>1245</v>
       </c>
       <c r="K172" s="18"/>
       <c r="L172" s="21" t="s">
         <v>907</v>
       </c>
       <c r="M172" s="22" t="s">
         <v>1246</v>
       </c>
       <c r="N172" s="22" t="s">
         <v>1247</v>
       </c>
       <c r="O172" s="24">
         <v>41851</v>
       </c>
       <c r="P172" s="24"/>
       <c r="Q172" s="16"/>
       <c r="R172" s="16"/>
       <c r="S172" s="16"/>
       <c r="T172" s="16"/>
       <c r="U172" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V172" s="16"/>
       <c r="W172" s="16"/>
@@ -19897,51 +19891,51 @@
       </c>
       <c r="B174" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C174" s="17" t="s">
         <v>1256</v>
       </c>
       <c r="D174" s="17" t="s">
         <v>1257</v>
       </c>
       <c r="E174" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F174" s="16">
         <v>49418</v>
       </c>
       <c r="G174" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H174" s="19" t="s">
         <v>1258</v>
       </c>
       <c r="I174" s="20">
         <v>41250002215</v>
       </c>
-      <c r="J174" s="83" t="s">
+      <c r="J174" s="20" t="s">
         <v>1259</v>
       </c>
       <c r="K174" s="18"/>
       <c r="L174" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M174" s="22" t="s">
         <v>1260</v>
       </c>
       <c r="N174" s="22" t="s">
         <v>1261</v>
       </c>
       <c r="O174" s="24">
         <v>37341</v>
       </c>
       <c r="P174" s="24"/>
       <c r="Q174" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R174" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S174" s="16"/>
       <c r="T174" s="16"/>
       <c r="U174" s="16"/>
@@ -19969,51 +19963,51 @@
       </c>
       <c r="B175" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C175" s="17" t="s">
         <v>1262</v>
       </c>
       <c r="D175" s="17" t="s">
         <v>1263</v>
       </c>
       <c r="E175" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F175" s="16">
         <v>48071</v>
       </c>
       <c r="G175" s="18" t="s">
         <v>1264</v>
       </c>
       <c r="H175" s="19" t="s">
         <v>1265</v>
       </c>
       <c r="I175" s="20">
         <v>41250002222</v>
       </c>
-      <c r="J175" s="83" t="s">
+      <c r="J175" s="20" t="s">
         <v>1266</v>
       </c>
       <c r="K175" s="18"/>
       <c r="L175" s="21" t="s">
         <v>150</v>
       </c>
       <c r="M175" s="22" t="s">
         <v>1267</v>
       </c>
       <c r="N175" s="22" t="s">
         <v>1268</v>
       </c>
       <c r="O175" s="24">
         <v>37397</v>
       </c>
       <c r="P175" s="24"/>
       <c r="Q175" s="16"/>
       <c r="R175" s="16"/>
       <c r="S175" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T175" s="16"/>
       <c r="U175" s="16"/>
       <c r="V175" s="16"/>
       <c r="W175" s="16" t="s">
@@ -20179,51 +20173,51 @@
       </c>
       <c r="B178" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C178" s="17" t="s">
         <v>1279</v>
       </c>
       <c r="D178" s="17" t="s">
         <v>1067</v>
       </c>
       <c r="E178" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F178" s="16">
         <v>49341</v>
       </c>
       <c r="G178" s="18" t="s">
         <v>1280</v>
       </c>
       <c r="H178" s="19" t="s">
         <v>1281</v>
       </c>
       <c r="I178" s="20">
         <v>41250002260</v>
       </c>
-      <c r="J178" s="83" t="s">
+      <c r="J178" s="20" t="s">
         <v>1282</v>
       </c>
       <c r="K178" s="18"/>
       <c r="L178" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M178" s="16" t="s">
         <v>1283</v>
       </c>
       <c r="N178" s="22" t="s">
         <v>1284</v>
       </c>
       <c r="O178" s="24">
         <v>38202</v>
       </c>
       <c r="P178" s="24"/>
       <c r="Q178" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R178" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S178" s="16"/>
       <c r="T178" s="16"/>
       <c r="U178" s="16"/>
@@ -20251,51 +20245,51 @@
       </c>
       <c r="B179" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C179" s="17" t="s">
         <v>1285</v>
       </c>
       <c r="D179" s="17" t="s">
         <v>1286</v>
       </c>
       <c r="E179" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F179" s="16">
         <v>48383</v>
       </c>
       <c r="G179" s="18" t="s">
         <v>1287</v>
       </c>
       <c r="H179" s="19" t="s">
         <v>1288</v>
       </c>
       <c r="I179" s="20">
         <v>41250002277</v>
       </c>
-      <c r="J179" s="83" t="s">
+      <c r="J179" s="20" t="s">
         <v>1289</v>
       </c>
       <c r="K179" s="18"/>
       <c r="L179" s="18" t="s">
         <v>150</v>
       </c>
       <c r="M179" s="22" t="s">
         <v>1290</v>
       </c>
       <c r="N179" s="22" t="s">
         <v>1291</v>
       </c>
       <c r="O179" s="24">
         <v>38454</v>
       </c>
       <c r="P179" s="24"/>
       <c r="Q179" s="16"/>
       <c r="R179" s="16"/>
       <c r="S179" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T179" s="16"/>
       <c r="U179" s="16"/>
       <c r="V179" s="16"/>
       <c r="W179" s="16" t="s">
@@ -20321,51 +20315,51 @@
       </c>
       <c r="B180" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C180" s="17" t="s">
         <v>1292</v>
       </c>
       <c r="D180" s="17" t="s">
         <v>1293</v>
       </c>
       <c r="E180" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F180" s="16">
         <v>60008</v>
       </c>
       <c r="G180" s="18" t="s">
         <v>1294</v>
       </c>
       <c r="H180" s="19" t="s">
         <v>1295</v>
       </c>
       <c r="I180" s="20">
         <v>41250002284</v>
       </c>
-      <c r="J180" s="83" t="s">
+      <c r="J180" s="20" t="s">
         <v>1296</v>
       </c>
       <c r="K180" s="18"/>
       <c r="L180" s="21" t="s">
         <v>1297</v>
       </c>
       <c r="M180" s="22" t="s">
         <v>1298</v>
       </c>
       <c r="N180" s="22" t="s">
         <v>1299</v>
       </c>
       <c r="O180" s="24">
         <v>38132</v>
       </c>
       <c r="P180" s="24"/>
       <c r="Q180" s="16"/>
       <c r="R180" s="16"/>
       <c r="S180" s="16"/>
       <c r="T180" s="16"/>
       <c r="U180" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V180" s="16"/>
       <c r="W180" s="16"/>
@@ -20391,51 +20385,51 @@
       </c>
       <c r="B181" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C181" s="17" t="s">
         <v>1300</v>
       </c>
       <c r="D181" s="17" t="s">
         <v>1301</v>
       </c>
       <c r="E181" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F181" s="16">
         <v>48040</v>
       </c>
       <c r="G181" s="18" t="s">
         <v>1302</v>
       </c>
       <c r="H181" s="19" t="s">
         <v>1303</v>
       </c>
       <c r="I181" s="20">
         <v>41250002291</v>
       </c>
-      <c r="J181" s="83" t="s">
+      <c r="J181" s="20" t="s">
         <v>1304</v>
       </c>
       <c r="K181" s="18"/>
       <c r="L181" s="18" t="s">
         <v>865</v>
       </c>
       <c r="M181" s="22" t="s">
         <v>1305</v>
       </c>
       <c r="N181" s="22" t="s">
         <v>1306</v>
       </c>
       <c r="O181" s="24">
         <v>38517</v>
       </c>
       <c r="P181" s="24"/>
       <c r="Q181" s="16"/>
       <c r="R181" s="16"/>
       <c r="S181" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T181" s="16"/>
       <c r="U181" s="16"/>
       <c r="V181" s="16"/>
       <c r="W181" s="16" t="s">
@@ -20531,51 +20525,51 @@
       </c>
       <c r="B183" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C183" s="17" t="s">
         <v>1314</v>
       </c>
       <c r="D183" s="17" t="s">
         <v>1315</v>
       </c>
       <c r="E183" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F183" s="16">
         <v>48034</v>
       </c>
       <c r="G183" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H183" s="19" t="s">
         <v>1316</v>
       </c>
       <c r="I183" s="20">
         <v>41250002314</v>
       </c>
-      <c r="J183" s="83" t="s">
+      <c r="J183" s="20" t="s">
         <v>1317</v>
       </c>
       <c r="K183" s="18"/>
       <c r="L183" s="18" t="s">
         <v>150</v>
       </c>
       <c r="M183" s="22" t="s">
         <v>1318</v>
       </c>
       <c r="N183" s="22" t="s">
         <v>1319</v>
       </c>
       <c r="O183" s="24">
         <v>38489</v>
       </c>
       <c r="P183" s="24"/>
       <c r="Q183" s="16"/>
       <c r="R183" s="16"/>
       <c r="S183" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T183" s="16"/>
       <c r="U183" s="16"/>
       <c r="V183" s="16"/>
       <c r="W183" s="16" t="s">
@@ -20601,51 +20595,51 @@
       </c>
       <c r="B184" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C184" s="17" t="s">
         <v>1320</v>
       </c>
       <c r="D184" s="17" t="s">
         <v>52</v>
       </c>
       <c r="E184" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F184" s="16">
         <v>49444</v>
       </c>
       <c r="G184" s="18" t="s">
         <v>1321</v>
       </c>
       <c r="H184" s="19" t="s">
         <v>1322</v>
       </c>
       <c r="I184" s="20">
         <v>41250002321</v>
       </c>
-      <c r="J184" s="83" t="s">
+      <c r="J184" s="20" t="s">
         <v>1323</v>
       </c>
       <c r="K184" s="18"/>
       <c r="L184" s="18" t="s">
         <v>52</v>
       </c>
       <c r="M184" s="22" t="s">
         <v>1324</v>
       </c>
       <c r="N184" s="22" t="s">
         <v>1325</v>
       </c>
       <c r="O184" s="24">
         <v>38825</v>
       </c>
       <c r="P184" s="24"/>
       <c r="Q184" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R184" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S184" s="16"/>
       <c r="T184" s="16"/>
       <c r="U184" s="16"/>
@@ -20673,51 +20667,51 @@
       </c>
       <c r="B185" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C185" s="17" t="s">
         <v>1326</v>
       </c>
       <c r="D185" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E185" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F185" s="16">
         <v>48101</v>
       </c>
       <c r="G185" s="18" t="s">
         <v>247</v>
       </c>
       <c r="H185" s="19" t="s">
         <v>1328</v>
       </c>
       <c r="I185" s="20">
         <v>41250002338</v>
       </c>
-      <c r="J185" s="83" t="s">
+      <c r="J185" s="20" t="s">
         <v>1329</v>
       </c>
       <c r="K185" s="18"/>
       <c r="L185" s="18" t="s">
         <v>133</v>
       </c>
       <c r="M185" s="22" t="s">
         <v>1330</v>
       </c>
       <c r="N185" s="22" t="s">
         <v>1331</v>
       </c>
       <c r="O185" s="24">
         <v>39218</v>
       </c>
       <c r="P185" s="24"/>
       <c r="Q185" s="16"/>
       <c r="R185" s="16"/>
       <c r="S185" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T185" s="16"/>
       <c r="U185" s="16"/>
       <c r="V185" s="16"/>
       <c r="W185" s="16" t="s">
@@ -20883,51 +20877,51 @@
       </c>
       <c r="B188" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C188" s="17" t="s">
         <v>1346</v>
       </c>
       <c r="D188" s="17" t="s">
         <v>1347</v>
       </c>
       <c r="E188" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F188" s="16">
         <v>49690</v>
       </c>
       <c r="G188" s="18" t="s">
         <v>1348</v>
       </c>
       <c r="H188" s="19" t="s">
         <v>1349</v>
       </c>
       <c r="I188" s="20">
         <v>41250002369</v>
       </c>
-      <c r="J188" s="83" t="s">
+      <c r="J188" s="20" t="s">
         <v>1350</v>
       </c>
       <c r="K188" s="18"/>
       <c r="L188" s="18" t="s">
         <v>142</v>
       </c>
       <c r="M188" s="22" t="s">
         <v>1351</v>
       </c>
       <c r="N188" s="22" t="s">
         <v>1352</v>
       </c>
       <c r="O188" s="24">
         <v>42316</v>
       </c>
       <c r="P188" s="24"/>
       <c r="Q188" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R188" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S188" s="16"/>
       <c r="T188" s="16"/>
       <c r="U188" s="16"/>
@@ -20955,51 +20949,51 @@
       </c>
       <c r="B189" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C189" s="17" t="s">
         <v>1353</v>
       </c>
       <c r="D189" s="17" t="s">
         <v>297</v>
       </c>
       <c r="E189" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F189" s="16">
         <v>48092</v>
       </c>
       <c r="G189" s="18" t="s">
         <v>1354</v>
       </c>
       <c r="H189" s="19" t="s">
         <v>1355</v>
       </c>
       <c r="I189" s="20">
         <v>41250002376</v>
       </c>
-      <c r="J189" s="83" t="s">
+      <c r="J189" s="20" t="s">
         <v>1356</v>
       </c>
       <c r="K189" s="18"/>
       <c r="L189" s="18" t="s">
         <v>271</v>
       </c>
       <c r="M189" s="22" t="s">
         <v>1357</v>
       </c>
       <c r="N189" s="22" t="s">
         <v>1358</v>
       </c>
       <c r="O189" s="24">
         <v>38935</v>
       </c>
       <c r="P189" s="24"/>
       <c r="Q189" s="16"/>
       <c r="R189" s="16"/>
       <c r="S189" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T189" s="16"/>
       <c r="U189" s="16"/>
       <c r="V189" s="16"/>
       <c r="W189" s="16" t="s">
@@ -21025,51 +21019,51 @@
       </c>
       <c r="B190" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C190" s="17" t="s">
         <v>1359</v>
       </c>
       <c r="D190" s="17" t="s">
         <v>1360</v>
       </c>
       <c r="E190" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F190" s="16">
         <v>60543</v>
       </c>
       <c r="G190" s="18" t="s">
         <v>1361</v>
       </c>
       <c r="H190" s="19" t="s">
         <v>1362</v>
       </c>
       <c r="I190" s="20">
         <v>41250002390</v>
       </c>
-      <c r="J190" s="83" t="s">
+      <c r="J190" s="20" t="s">
         <v>1363</v>
       </c>
       <c r="K190" s="18"/>
       <c r="L190" s="18" t="s">
         <v>1364</v>
       </c>
       <c r="M190" s="22" t="s">
         <v>1365</v>
       </c>
       <c r="N190" s="22" t="s">
         <v>1366</v>
       </c>
       <c r="O190" s="24">
         <v>39211</v>
       </c>
       <c r="P190" s="24"/>
       <c r="Q190" s="16"/>
       <c r="R190" s="16"/>
       <c r="S190" s="16"/>
       <c r="T190" s="16"/>
       <c r="U190" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V190" s="16"/>
       <c r="W190" s="16"/>
@@ -21235,51 +21229,51 @@
       </c>
       <c r="B193" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C193" s="17" t="s">
         <v>1379</v>
       </c>
       <c r="D193" s="17" t="s">
         <v>1380</v>
       </c>
       <c r="E193" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F193" s="16">
         <v>48048</v>
       </c>
       <c r="G193" s="18" t="s">
         <v>1381</v>
       </c>
       <c r="H193" s="19" t="s">
         <v>1382</v>
       </c>
       <c r="I193" s="20">
         <v>41250002420</v>
       </c>
-      <c r="J193" s="83" t="s">
+      <c r="J193" s="20" t="s">
         <v>1383</v>
       </c>
       <c r="K193" s="18"/>
       <c r="L193" s="18" t="s">
         <v>271</v>
       </c>
       <c r="M193" s="22" t="s">
         <v>1384</v>
       </c>
       <c r="N193" s="22" t="s">
         <v>1385</v>
       </c>
       <c r="O193" s="24">
         <v>39308</v>
       </c>
       <c r="P193" s="24"/>
       <c r="Q193" s="16"/>
       <c r="R193" s="16"/>
       <c r="S193" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T193" s="16"/>
       <c r="U193" s="16"/>
       <c r="V193" s="16"/>
       <c r="W193" s="16" t="s">
@@ -21305,51 +21299,51 @@
       </c>
       <c r="B194" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C194" s="17" t="s">
         <v>1386</v>
       </c>
       <c r="D194" s="17" t="s">
         <v>1387</v>
       </c>
       <c r="E194" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F194" s="16">
         <v>48036</v>
       </c>
       <c r="G194" s="18" t="s">
         <v>1388</v>
       </c>
       <c r="H194" s="19" t="s">
         <v>1389</v>
       </c>
       <c r="I194" s="20">
         <v>41250002437</v>
       </c>
-      <c r="J194" s="83" t="s">
+      <c r="J194" s="20" t="s">
         <v>1390</v>
       </c>
       <c r="K194" s="18"/>
       <c r="L194" s="18" t="s">
         <v>271</v>
       </c>
       <c r="M194" s="22" t="s">
         <v>1391</v>
       </c>
       <c r="N194" s="22" t="s">
         <v>1392</v>
       </c>
       <c r="O194" s="24">
         <v>39708</v>
       </c>
       <c r="P194" s="24"/>
       <c r="Q194" s="16"/>
       <c r="R194" s="16"/>
       <c r="S194" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T194" s="16"/>
       <c r="U194" s="16"/>
       <c r="V194" s="16"/>
       <c r="W194" s="16" t="s">
@@ -21375,51 +21369,51 @@
       </c>
       <c r="B195" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C195" s="17" t="s">
         <v>1393</v>
       </c>
       <c r="D195" s="17" t="s">
         <v>1394</v>
       </c>
       <c r="E195" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F195" s="16">
         <v>48423</v>
       </c>
       <c r="G195" s="18" t="s">
         <v>1395</v>
       </c>
       <c r="H195" s="19" t="s">
         <v>1396</v>
       </c>
       <c r="I195" s="20">
         <v>41250002444</v>
       </c>
-      <c r="J195" s="83" t="s">
+      <c r="J195" s="20" t="s">
         <v>1397</v>
       </c>
       <c r="K195" s="18"/>
       <c r="L195" s="18" t="s">
         <v>118</v>
       </c>
       <c r="M195" s="22" t="s">
         <v>1398</v>
       </c>
       <c r="N195" s="22" t="s">
         <v>1399</v>
       </c>
       <c r="O195" s="24">
         <v>39722</v>
       </c>
       <c r="P195" s="24"/>
       <c r="Q195" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R195" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S195" s="16"/>
       <c r="T195" s="16"/>
       <c r="U195" s="16"/>
@@ -21447,51 +21441,51 @@
       </c>
       <c r="B196" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C196" s="17" t="s">
         <v>1400</v>
       </c>
       <c r="D196" s="17" t="s">
         <v>1401</v>
       </c>
       <c r="E196" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F196" s="16">
         <v>48353</v>
       </c>
       <c r="G196" s="17" t="s">
         <v>247</v>
       </c>
       <c r="H196" s="35" t="s">
         <v>1402</v>
       </c>
       <c r="I196" s="20">
         <v>41250002451</v>
       </c>
-      <c r="J196" s="83" t="s">
+      <c r="J196" s="20" t="s">
         <v>1403</v>
       </c>
       <c r="K196" s="17"/>
       <c r="L196" s="18" t="s">
         <v>209</v>
       </c>
       <c r="M196" s="22" t="s">
         <v>1404</v>
       </c>
       <c r="N196" s="22" t="s">
         <v>1405</v>
       </c>
       <c r="O196" s="24">
         <v>40093</v>
       </c>
       <c r="P196" s="24"/>
       <c r="Q196" s="16"/>
       <c r="R196" s="16"/>
       <c r="S196" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T196" s="16"/>
       <c r="U196" s="16"/>
       <c r="V196" s="16"/>
       <c r="W196" s="16" t="s">
@@ -21657,51 +21651,51 @@
       </c>
       <c r="B199" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C199" s="17" t="s">
         <v>1420</v>
       </c>
       <c r="D199" s="17" t="s">
         <v>1421</v>
       </c>
       <c r="E199" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F199" s="16">
         <v>49319</v>
       </c>
       <c r="G199" s="17" t="s">
         <v>1422</v>
       </c>
       <c r="H199" s="35" t="s">
         <v>1423</v>
       </c>
       <c r="I199" s="20">
         <v>41250002482</v>
       </c>
-      <c r="J199" s="83" t="s">
+      <c r="J199" s="20" t="s">
         <v>1424</v>
       </c>
       <c r="K199" s="17"/>
       <c r="L199" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M199" s="22" t="s">
         <v>1425</v>
       </c>
       <c r="N199" s="22" t="s">
         <v>1426</v>
       </c>
       <c r="O199" s="24">
         <v>39939</v>
       </c>
       <c r="P199" s="24"/>
       <c r="Q199" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R199" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S199" s="16"/>
       <c r="T199" s="16"/>
       <c r="U199" s="16"/>
@@ -21799,51 +21793,51 @@
       </c>
       <c r="B201" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C201" s="17" t="s">
         <v>1433</v>
       </c>
       <c r="D201" s="17" t="s">
         <v>1434</v>
       </c>
       <c r="E201" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F201" s="16">
         <v>49735</v>
       </c>
       <c r="G201" s="17" t="s">
         <v>1435</v>
       </c>
       <c r="H201" s="35" t="s">
         <v>1436</v>
       </c>
       <c r="I201" s="20">
         <v>41250002505</v>
       </c>
-      <c r="J201" s="83" t="s">
+      <c r="J201" s="20" t="s">
         <v>1437</v>
       </c>
       <c r="K201" s="17"/>
       <c r="L201" s="18" t="s">
         <v>1438</v>
       </c>
       <c r="M201" s="22" t="s">
         <v>1439</v>
       </c>
       <c r="N201" s="22" t="s">
         <v>1440</v>
       </c>
       <c r="O201" s="24">
         <v>39925</v>
       </c>
       <c r="P201" s="24"/>
       <c r="Q201" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R201" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S201" s="16"/>
       <c r="T201" s="16"/>
       <c r="U201" s="16"/>
@@ -21871,51 +21865,51 @@
       </c>
       <c r="B202" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C202" s="17" t="s">
         <v>1441</v>
       </c>
       <c r="D202" s="17" t="s">
         <v>1442</v>
       </c>
       <c r="E202" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F202" s="16">
         <v>49127</v>
       </c>
       <c r="G202" s="17" t="s">
         <v>1443</v>
       </c>
       <c r="H202" s="35" t="s">
         <v>1444</v>
       </c>
       <c r="I202" s="20">
         <v>41250002512</v>
       </c>
-      <c r="J202" s="83" t="s">
+      <c r="J202" s="20" t="s">
         <v>1445</v>
       </c>
       <c r="K202" s="17"/>
       <c r="L202" s="18" t="s">
         <v>172</v>
       </c>
       <c r="M202" s="22" t="s">
         <v>1446</v>
       </c>
       <c r="N202" s="22" t="s">
         <v>1447</v>
       </c>
       <c r="O202" s="24">
         <v>40674</v>
       </c>
       <c r="P202" s="24"/>
       <c r="Q202" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R202" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S202" s="16"/>
       <c r="T202" s="16"/>
       <c r="U202" s="16"/>
@@ -21943,51 +21937,51 @@
       </c>
       <c r="B203" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C203" s="17" t="s">
         <v>1448</v>
       </c>
       <c r="D203" s="17" t="s">
         <v>245</v>
       </c>
       <c r="E203" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F203" s="16">
         <v>48823</v>
       </c>
       <c r="G203" s="17" t="s">
         <v>1449</v>
       </c>
       <c r="H203" s="35" t="s">
         <v>1450</v>
       </c>
       <c r="I203" s="20">
         <v>41250002536</v>
       </c>
-      <c r="J203" s="83" t="s">
+      <c r="J203" s="20" t="s">
         <v>1451</v>
       </c>
       <c r="K203" s="17"/>
       <c r="L203" s="18" t="s">
         <v>1179</v>
       </c>
       <c r="M203" s="22" t="s">
         <v>1452</v>
       </c>
       <c r="N203" s="22" t="s">
         <v>1453</v>
       </c>
       <c r="O203" s="24">
         <v>41046</v>
       </c>
       <c r="P203" s="24"/>
       <c r="Q203" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R203" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S203" s="16"/>
       <c r="T203" s="16"/>
       <c r="U203" s="16"/>
@@ -22015,51 +22009,51 @@
       </c>
       <c r="B204" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C204" s="17" t="s">
         <v>1454</v>
       </c>
       <c r="D204" s="17" t="s">
         <v>1455</v>
       </c>
       <c r="E204" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F204" s="16">
         <v>49426</v>
       </c>
       <c r="G204" s="17" t="s">
         <v>1456</v>
       </c>
       <c r="H204" s="35" t="s">
         <v>1457</v>
       </c>
       <c r="I204" s="20">
         <v>41250002543</v>
       </c>
-      <c r="J204" s="83" t="s">
+      <c r="J204" s="20" t="s">
         <v>1458</v>
       </c>
       <c r="K204" s="17"/>
       <c r="L204" s="18" t="s">
         <v>101</v>
       </c>
       <c r="M204" s="22" t="s">
         <v>1459</v>
       </c>
       <c r="N204" s="22" t="s">
         <v>1460</v>
       </c>
       <c r="O204" s="24">
         <v>43293</v>
       </c>
       <c r="P204" s="24"/>
       <c r="Q204" s="16"/>
       <c r="R204" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S204" s="16"/>
       <c r="T204" s="16"/>
       <c r="U204" s="16"/>
       <c r="V204" s="16" t="s">
         <v>45</v>
@@ -22157,51 +22151,51 @@
       </c>
       <c r="B206" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C206" s="17" t="s">
         <v>1467</v>
       </c>
       <c r="D206" s="17" t="s">
         <v>1468</v>
       </c>
       <c r="E206" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F206" s="16">
         <v>49770</v>
       </c>
       <c r="G206" s="17" t="s">
         <v>1469</v>
       </c>
       <c r="H206" s="35" t="s">
         <v>1470</v>
       </c>
       <c r="I206" s="20">
         <v>41250002574</v>
       </c>
-      <c r="J206" s="83" t="s">
+      <c r="J206" s="20" t="s">
         <v>1471</v>
       </c>
       <c r="K206" s="17"/>
       <c r="L206" s="18" t="s">
         <v>1472</v>
       </c>
       <c r="M206" s="22" t="s">
         <v>1473</v>
       </c>
       <c r="N206" s="22" t="s">
         <v>1474</v>
       </c>
       <c r="O206" s="24" t="s">
         <v>1475</v>
       </c>
       <c r="P206" s="24"/>
       <c r="Q206" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R206" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S206" s="16"/>
       <c r="T206" s="16"/>
       <c r="U206" s="16"/>
@@ -22299,51 +22293,51 @@
       </c>
       <c r="B208" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C208" s="17" t="s">
         <v>1483</v>
       </c>
       <c r="D208" s="17" t="s">
         <v>1484</v>
       </c>
       <c r="E208" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F208" s="16">
         <v>48473</v>
       </c>
       <c r="G208" s="17" t="s">
         <v>1485</v>
       </c>
       <c r="H208" s="35" t="s">
         <v>1486</v>
       </c>
       <c r="I208" s="20">
         <v>41250002598</v>
       </c>
-      <c r="J208" s="83" t="s">
+      <c r="J208" s="20" t="s">
         <v>1487</v>
       </c>
       <c r="K208" s="17"/>
       <c r="L208" s="18" t="s">
         <v>1488</v>
       </c>
       <c r="M208" s="22" t="s">
         <v>1489</v>
       </c>
       <c r="N208" s="22" t="s">
         <v>1490</v>
       </c>
       <c r="O208" s="16">
         <v>2013</v>
       </c>
       <c r="P208" s="16"/>
       <c r="Q208" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R208" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S208" s="16"/>
       <c r="T208" s="16"/>
       <c r="U208" s="16"/>
@@ -22371,51 +22365,51 @@
       </c>
       <c r="B209" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C209" s="17" t="s">
         <v>1491</v>
       </c>
       <c r="D209" s="17" t="s">
         <v>280</v>
       </c>
       <c r="E209" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F209" s="16">
         <v>48309</v>
       </c>
       <c r="G209" s="17" t="s">
         <v>1492</v>
       </c>
       <c r="H209" s="35" t="s">
         <v>1493</v>
       </c>
       <c r="I209" s="20">
         <v>41250002604</v>
       </c>
-      <c r="J209" s="83" t="s">
+      <c r="J209" s="20" t="s">
         <v>1494</v>
       </c>
       <c r="K209" s="17"/>
       <c r="L209" s="18" t="s">
         <v>150</v>
       </c>
       <c r="M209" s="22" t="s">
         <v>1495</v>
       </c>
       <c r="N209" s="22" t="s">
         <v>1496</v>
       </c>
       <c r="O209" s="24" t="s">
         <v>1482</v>
       </c>
       <c r="P209" s="24"/>
       <c r="Q209" s="16"/>
       <c r="R209" s="16"/>
       <c r="S209" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T209" s="16"/>
       <c r="U209" s="16"/>
       <c r="V209" s="16"/>
       <c r="W209" s="16" t="s">
@@ -22441,51 +22435,51 @@
       </c>
       <c r="B210" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C210" s="17" t="s">
         <v>1497</v>
       </c>
       <c r="D210" s="17" t="s">
         <v>1498</v>
       </c>
       <c r="E210" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F210" s="16">
         <v>60462</v>
       </c>
       <c r="G210" s="17" t="s">
         <v>247</v>
       </c>
       <c r="H210" s="35" t="s">
         <v>1499</v>
       </c>
       <c r="I210" s="20">
         <v>41250002628</v>
       </c>
-      <c r="J210" s="83" t="s">
+      <c r="J210" s="20" t="s">
         <v>1500</v>
       </c>
       <c r="K210" s="17"/>
       <c r="L210" s="18" t="s">
         <v>1297</v>
       </c>
       <c r="M210" s="22" t="s">
         <v>1501</v>
       </c>
       <c r="N210" s="22" t="s">
         <v>1502</v>
       </c>
       <c r="O210" s="24">
         <v>40372</v>
       </c>
       <c r="P210" s="24"/>
       <c r="Q210" s="16"/>
       <c r="R210" s="16"/>
       <c r="S210" s="16"/>
       <c r="T210" s="16"/>
       <c r="U210" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V210" s="16"/>
       <c r="W210" s="16"/>
@@ -22511,51 +22505,51 @@
       </c>
       <c r="B211" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C211" s="17" t="s">
         <v>1503</v>
       </c>
       <c r="D211" s="17" t="s">
         <v>1504</v>
       </c>
       <c r="E211" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F211" s="16">
         <v>60805</v>
       </c>
       <c r="G211" s="17" t="s">
         <v>1505</v>
       </c>
       <c r="H211" s="35" t="s">
         <v>1506</v>
       </c>
       <c r="I211" s="20">
         <v>41250002659</v>
       </c>
-      <c r="J211" s="83" t="s">
+      <c r="J211" s="20" t="s">
         <v>1507</v>
       </c>
       <c r="K211" s="17"/>
       <c r="L211" s="18" t="s">
         <v>1297</v>
       </c>
       <c r="M211" s="22" t="s">
         <v>1508</v>
       </c>
       <c r="N211" s="22" t="s">
         <v>1509</v>
       </c>
       <c r="O211" s="16">
         <v>2013</v>
       </c>
       <c r="P211" s="16"/>
       <c r="Q211" s="16"/>
       <c r="R211" s="16"/>
       <c r="S211" s="16"/>
       <c r="T211" s="16"/>
       <c r="U211" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V211" s="16"/>
       <c r="W211" s="16"/>
@@ -22581,51 +22575,51 @@
       </c>
       <c r="B212" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C212" s="17" t="s">
         <v>1510</v>
       </c>
       <c r="D212" s="17" t="s">
         <v>74</v>
       </c>
       <c r="E212" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F212" s="16">
         <v>46368</v>
       </c>
       <c r="G212" s="17" t="s">
         <v>1511</v>
       </c>
       <c r="H212" s="35" t="s">
         <v>1512</v>
       </c>
       <c r="I212" s="20">
         <v>41250002666</v>
       </c>
-      <c r="J212" s="83" t="s">
+      <c r="J212" s="20" t="s">
         <v>1513</v>
       </c>
       <c r="K212" s="17"/>
       <c r="L212" s="18" t="s">
         <v>1514</v>
       </c>
       <c r="M212" s="22" t="s">
         <v>1515</v>
       </c>
       <c r="N212" s="22" t="s">
         <v>1516</v>
       </c>
       <c r="O212" s="16">
         <v>2013</v>
       </c>
       <c r="P212" s="16"/>
       <c r="Q212" s="16"/>
       <c r="R212" s="16"/>
       <c r="S212" s="16"/>
       <c r="T212" s="16"/>
       <c r="U212" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V212" s="16"/>
       <c r="W212" s="16"/>
@@ -22861,51 +22855,51 @@
       </c>
       <c r="B216" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C216" s="17" t="s">
         <v>1540</v>
       </c>
       <c r="D216" s="17" t="s">
         <v>1541</v>
       </c>
       <c r="E216" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F216" s="16">
         <v>48801</v>
       </c>
       <c r="G216" s="17" t="s">
         <v>1542</v>
       </c>
       <c r="H216" s="35" t="s">
         <v>1543</v>
       </c>
       <c r="I216" s="20">
         <v>41250002703</v>
       </c>
-      <c r="J216" s="83" t="s">
+      <c r="J216" s="20" t="s">
         <v>1544</v>
       </c>
       <c r="K216" s="17"/>
       <c r="L216" s="18" t="s">
         <v>1545</v>
       </c>
       <c r="M216" s="22" t="s">
         <v>1546</v>
       </c>
       <c r="N216" s="22" t="s">
         <v>1547</v>
       </c>
       <c r="O216" s="39" t="s">
         <v>1548</v>
       </c>
       <c r="P216" s="39"/>
       <c r="Q216" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R216" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S216" s="16"/>
       <c r="T216" s="16"/>
       <c r="U216" s="16"/>
@@ -22933,51 +22927,51 @@
       </c>
       <c r="B217" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C217" s="17" t="s">
         <v>1549</v>
       </c>
       <c r="D217" s="17" t="s">
         <v>1550</v>
       </c>
       <c r="E217" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F217" s="16">
         <v>49090</v>
       </c>
       <c r="G217" s="17" t="s">
         <v>1551</v>
       </c>
       <c r="H217" s="35" t="s">
         <v>1552</v>
       </c>
       <c r="I217" s="20">
         <v>41250002710</v>
       </c>
-      <c r="J217" s="83" t="s">
+      <c r="J217" s="20" t="s">
         <v>1553</v>
       </c>
       <c r="K217" s="17"/>
       <c r="L217" s="18" t="s">
         <v>1554</v>
       </c>
       <c r="M217" s="22" t="s">
         <v>1555</v>
       </c>
       <c r="N217" s="22" t="s">
         <v>1556</v>
       </c>
       <c r="O217" s="39" t="s">
         <v>1557</v>
       </c>
       <c r="P217" s="39"/>
       <c r="Q217" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R217" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S217" s="16"/>
       <c r="T217" s="16"/>
       <c r="U217" s="16"/>
@@ -23075,51 +23069,51 @@
       </c>
       <c r="B219" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C219" s="17" t="s">
         <v>1564</v>
       </c>
       <c r="D219" s="17" t="s">
         <v>1565</v>
       </c>
       <c r="E219" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F219" s="16">
         <v>60448</v>
       </c>
       <c r="G219" s="17" t="s">
         <v>1566</v>
       </c>
       <c r="H219" s="35" t="s">
         <v>1567</v>
       </c>
       <c r="I219" s="20">
         <v>41250002734</v>
       </c>
-      <c r="J219" s="83" t="s">
+      <c r="J219" s="20" t="s">
         <v>1568</v>
       </c>
       <c r="K219" s="17"/>
       <c r="L219" s="18" t="s">
         <v>907</v>
       </c>
       <c r="M219" s="22" t="s">
         <v>1569</v>
       </c>
       <c r="N219" s="22" t="s">
         <v>1570</v>
       </c>
       <c r="O219" s="39" t="s">
         <v>1571</v>
       </c>
       <c r="P219" s="39"/>
       <c r="Q219" s="16"/>
       <c r="R219" s="16"/>
       <c r="S219" s="16"/>
       <c r="T219" s="16"/>
       <c r="U219" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V219" s="16"/>
       <c r="W219" s="16"/>
@@ -23145,51 +23139,51 @@
       </c>
       <c r="B220" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C220" s="17" t="s">
         <v>1572</v>
       </c>
       <c r="D220" s="17" t="s">
         <v>1573</v>
       </c>
       <c r="E220" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F220" s="16">
         <v>53024</v>
       </c>
       <c r="G220" s="17" t="s">
         <v>1575</v>
       </c>
       <c r="H220" s="35" t="s">
         <v>1576</v>
       </c>
       <c r="I220" s="20">
         <v>41250002741</v>
       </c>
-      <c r="J220" s="83" t="s">
+      <c r="J220" s="20" t="s">
         <v>1577</v>
       </c>
       <c r="K220" s="17"/>
       <c r="L220" s="18" t="s">
         <v>1578</v>
       </c>
       <c r="M220" s="22" t="s">
         <v>1579</v>
       </c>
       <c r="N220" s="22" t="s">
         <v>1580</v>
       </c>
       <c r="O220" s="24">
         <v>42180</v>
       </c>
       <c r="P220" s="24"/>
       <c r="Q220" s="16"/>
       <c r="R220" s="16"/>
       <c r="S220" s="16"/>
       <c r="T220" s="16"/>
       <c r="U220" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V220" s="16"/>
       <c r="W220" s="16"/>
@@ -23215,51 +23209,51 @@
       </c>
       <c r="B221" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C221" s="17" t="s">
         <v>1581</v>
       </c>
       <c r="D221" s="17" t="s">
         <v>1582</v>
       </c>
       <c r="E221" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F221" s="16">
         <v>53072</v>
       </c>
       <c r="G221" s="17" t="s">
         <v>1583</v>
       </c>
       <c r="H221" s="35" t="s">
         <v>1584</v>
       </c>
       <c r="I221" s="20">
         <v>41250002758</v>
       </c>
-      <c r="J221" s="83" t="s">
+      <c r="J221" s="20" t="s">
         <v>1585</v>
       </c>
       <c r="K221" s="17"/>
       <c r="L221" s="18" t="s">
         <v>1586</v>
       </c>
       <c r="M221" s="22" t="s">
         <v>1587</v>
       </c>
       <c r="N221" s="22" t="s">
         <v>1588</v>
       </c>
       <c r="O221" s="24">
         <v>42530</v>
       </c>
       <c r="P221" s="24"/>
       <c r="Q221" s="16"/>
       <c r="R221" s="16"/>
       <c r="S221" s="16"/>
       <c r="T221" s="16"/>
       <c r="U221" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V221" s="16"/>
       <c r="W221" s="16"/>
@@ -23287,51 +23281,51 @@
       </c>
       <c r="B222" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C222" s="17" t="s">
         <v>1589</v>
       </c>
       <c r="D222" s="17" t="s">
         <v>1586</v>
       </c>
       <c r="E222" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F222" s="16">
         <v>53189</v>
       </c>
       <c r="G222" s="17" t="s">
         <v>1590</v>
       </c>
       <c r="H222" s="35" t="s">
         <v>1591</v>
       </c>
       <c r="I222" s="20">
         <v>41250002765</v>
       </c>
-      <c r="J222" s="83" t="s">
+      <c r="J222" s="20" t="s">
         <v>1592</v>
       </c>
       <c r="K222" s="17"/>
       <c r="L222" s="18" t="s">
         <v>1586</v>
       </c>
       <c r="M222" s="22" t="s">
         <v>1593</v>
       </c>
       <c r="N222" s="22" t="s">
         <v>1460</v>
       </c>
       <c r="O222" s="24">
         <v>42586</v>
       </c>
       <c r="P222" s="24"/>
       <c r="Q222" s="16"/>
       <c r="R222" s="16"/>
       <c r="S222" s="16"/>
       <c r="T222" s="16"/>
       <c r="U222" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V222" s="16"/>
       <c r="W222" s="16"/>
@@ -23359,51 +23353,51 @@
       </c>
       <c r="B223" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C223" s="17" t="s">
         <v>1594</v>
       </c>
       <c r="D223" s="17" t="s">
         <v>1595</v>
       </c>
       <c r="E223" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F223" s="16">
         <v>53222</v>
       </c>
       <c r="G223" s="17" t="s">
         <v>1348</v>
       </c>
       <c r="H223" s="35" t="s">
         <v>1596</v>
       </c>
       <c r="I223" s="20">
         <v>41250002772</v>
       </c>
-      <c r="J223" s="83" t="s">
+      <c r="J223" s="20" t="s">
         <v>1597</v>
       </c>
       <c r="K223" s="17"/>
       <c r="L223" s="18" t="s">
         <v>1598</v>
       </c>
       <c r="M223" s="22" t="s">
         <v>1599</v>
       </c>
       <c r="N223" s="22" t="s">
         <v>1600</v>
       </c>
       <c r="O223" s="24">
         <v>42222</v>
       </c>
       <c r="P223" s="24"/>
       <c r="Q223" s="16"/>
       <c r="R223" s="16"/>
       <c r="S223" s="16"/>
       <c r="T223" s="16"/>
       <c r="U223" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V223" s="16"/>
       <c r="W223" s="16"/>
@@ -23429,51 +23423,51 @@
       </c>
       <c r="B224" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C224" s="17" t="s">
         <v>1601</v>
       </c>
       <c r="D224" s="17" t="s">
         <v>1602</v>
       </c>
       <c r="E224" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F224" s="16">
         <v>48134</v>
       </c>
       <c r="G224" s="17" t="s">
         <v>1603</v>
       </c>
       <c r="H224" s="35" t="s">
         <v>1604</v>
       </c>
       <c r="I224" s="20">
         <v>41250002789</v>
       </c>
-      <c r="J224" s="83" t="s">
+      <c r="J224" s="20" t="s">
         <v>1605</v>
       </c>
       <c r="K224" s="17"/>
       <c r="L224" s="18" t="s">
         <v>133</v>
       </c>
       <c r="M224" s="22" t="s">
         <v>1606</v>
       </c>
       <c r="N224" s="22" t="s">
         <v>1607</v>
       </c>
       <c r="O224" s="24">
         <v>42596</v>
       </c>
       <c r="P224" s="24"/>
       <c r="Q224" s="16"/>
       <c r="R224" s="16"/>
       <c r="S224" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T224" s="16"/>
       <c r="U224" s="16"/>
       <c r="V224" s="16"/>
       <c r="W224" s="16" t="s">
@@ -23501,51 +23495,51 @@
       </c>
       <c r="B225" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C225" s="17" t="s">
         <v>1608</v>
       </c>
       <c r="D225" s="17" t="s">
         <v>1609</v>
       </c>
       <c r="E225" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F225" s="16">
         <v>49660</v>
       </c>
       <c r="G225" s="17" t="s">
         <v>1610</v>
       </c>
       <c r="H225" s="35" t="s">
         <v>1611</v>
       </c>
       <c r="I225" s="20">
         <v>41250002796</v>
       </c>
-      <c r="J225" s="83" t="s">
+      <c r="J225" s="20" t="s">
         <v>1612</v>
       </c>
       <c r="K225" s="17"/>
       <c r="L225" s="18" t="s">
         <v>1609</v>
       </c>
       <c r="M225" s="22" t="s">
         <v>1613</v>
       </c>
       <c r="N225" s="22" t="s">
         <v>1614</v>
       </c>
       <c r="O225" s="24">
         <v>42127</v>
       </c>
       <c r="P225" s="24"/>
       <c r="Q225" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R225" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S225" s="16"/>
       <c r="T225" s="16"/>
       <c r="U225" s="16"/>
@@ -23573,51 +23567,51 @@
       </c>
       <c r="B226" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C226" s="17" t="s">
         <v>1615</v>
       </c>
       <c r="D226" s="17" t="s">
         <v>1616</v>
       </c>
       <c r="E226" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F226" s="16">
         <v>60422</v>
       </c>
       <c r="G226" s="17" t="s">
         <v>1617</v>
       </c>
       <c r="H226" s="35" t="s">
         <v>1618</v>
       </c>
       <c r="I226" s="20">
         <v>41250002802</v>
       </c>
-      <c r="J226" s="83" t="s">
+      <c r="J226" s="20" t="s">
         <v>1619</v>
       </c>
       <c r="K226" s="17"/>
       <c r="L226" s="18" t="s">
         <v>1297</v>
       </c>
       <c r="M226" s="22" t="s">
         <v>1620</v>
       </c>
       <c r="N226" s="22" t="s">
         <v>1621</v>
       </c>
       <c r="O226" s="24">
         <v>42544</v>
       </c>
       <c r="P226" s="24"/>
       <c r="Q226" s="16"/>
       <c r="R226" s="16"/>
       <c r="S226" s="16"/>
       <c r="T226" s="16"/>
       <c r="U226" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V226" s="16"/>
       <c r="W226" s="16"/>
@@ -23645,51 +23639,51 @@
       </c>
       <c r="B227" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C227" s="17" t="s">
         <v>1622</v>
       </c>
       <c r="D227" s="17" t="s">
         <v>1623</v>
       </c>
       <c r="E227" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F227" s="16">
         <v>61115</v>
       </c>
       <c r="G227" s="17" t="s">
         <v>1624</v>
       </c>
       <c r="H227" s="35" t="s">
         <v>1625</v>
       </c>
       <c r="I227" s="20">
         <v>41250002819</v>
       </c>
-      <c r="J227" s="83" t="s">
+      <c r="J227" s="20" t="s">
         <v>1626</v>
       </c>
       <c r="K227" s="17"/>
       <c r="L227" s="18" t="s">
         <v>1071</v>
       </c>
       <c r="M227" s="22" t="s">
         <v>1627</v>
       </c>
       <c r="N227" s="22" t="s">
         <v>1628</v>
       </c>
       <c r="O227" s="39" t="s">
         <v>1629</v>
       </c>
       <c r="P227" s="39"/>
       <c r="Q227" s="16"/>
       <c r="R227" s="16"/>
       <c r="S227" s="16"/>
       <c r="T227" s="16"/>
       <c r="U227" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V227" s="16"/>
       <c r="W227" s="16"/>
@@ -23715,51 +23709,51 @@
       </c>
       <c r="B228" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C228" s="17" t="s">
         <v>1630</v>
       </c>
       <c r="D228" s="17" t="s">
         <v>1631</v>
       </c>
       <c r="E228" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F228" s="16">
         <v>49707</v>
       </c>
       <c r="G228" s="17" t="s">
         <v>1632</v>
       </c>
       <c r="H228" s="35" t="s">
         <v>1633</v>
       </c>
       <c r="I228" s="20">
         <v>41250002826</v>
       </c>
-      <c r="J228" s="83" t="s">
+      <c r="J228" s="20" t="s">
         <v>1634</v>
       </c>
       <c r="K228" s="17"/>
       <c r="L228" s="18" t="s">
         <v>1631</v>
       </c>
       <c r="M228" s="22" t="s">
         <v>1635</v>
       </c>
       <c r="N228" s="22" t="s">
         <v>1636</v>
       </c>
       <c r="O228" s="24">
         <v>42127</v>
       </c>
       <c r="P228" s="24"/>
       <c r="Q228" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R228" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S228" s="16"/>
       <c r="T228" s="16"/>
       <c r="U228" s="16"/>
@@ -23787,51 +23781,51 @@
       </c>
       <c r="B229" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C229" s="17" t="s">
         <v>1637</v>
       </c>
       <c r="D229" s="17" t="s">
         <v>1638</v>
       </c>
       <c r="E229" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F229" s="16">
         <v>53154</v>
       </c>
       <c r="G229" s="17" t="s">
         <v>48</v>
       </c>
       <c r="H229" s="35" t="s">
         <v>1639</v>
       </c>
       <c r="I229" s="20">
         <v>41250002833</v>
       </c>
-      <c r="J229" s="83" t="s">
+      <c r="J229" s="20" t="s">
         <v>1640</v>
       </c>
       <c r="K229" s="17"/>
       <c r="L229" s="18" t="s">
         <v>1598</v>
       </c>
       <c r="M229" s="22" t="s">
         <v>1641</v>
       </c>
       <c r="N229" s="22" t="s">
         <v>1642</v>
       </c>
       <c r="O229" s="39" t="s">
         <v>1643</v>
       </c>
       <c r="P229" s="39"/>
       <c r="Q229" s="16"/>
       <c r="R229" s="16"/>
       <c r="S229" s="16"/>
       <c r="T229" s="16"/>
       <c r="U229" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V229" s="16"/>
       <c r="W229" s="16"/>
@@ -23857,51 +23851,51 @@
       </c>
       <c r="B230" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C230" s="17" t="s">
         <v>1644</v>
       </c>
       <c r="D230" s="17" t="s">
         <v>1645</v>
       </c>
       <c r="E230" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F230" s="16">
         <v>53142</v>
       </c>
       <c r="G230" s="17" t="s">
         <v>1646</v>
       </c>
       <c r="H230" s="35" t="s">
         <v>1647</v>
       </c>
       <c r="I230" s="20">
         <v>41250002840</v>
       </c>
-      <c r="J230" s="83" t="s">
+      <c r="J230" s="20" t="s">
         <v>1648</v>
       </c>
       <c r="K230" s="17"/>
       <c r="L230" s="18" t="s">
         <v>1645</v>
       </c>
       <c r="M230" s="22" t="s">
         <v>1649</v>
       </c>
       <c r="N230" s="22" t="s">
         <v>1650</v>
       </c>
       <c r="O230" s="24">
         <v>42180</v>
       </c>
       <c r="P230" s="24"/>
       <c r="Q230" s="16"/>
       <c r="R230" s="16"/>
       <c r="S230" s="16"/>
       <c r="T230" s="16"/>
       <c r="U230" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V230" s="16"/>
       <c r="W230" s="16"/>
@@ -23999,51 +23993,51 @@
       </c>
       <c r="B232" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C232" s="17" t="s">
         <v>1660</v>
       </c>
       <c r="D232" s="17" t="s">
         <v>1526</v>
       </c>
       <c r="E232" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F232" s="16">
         <v>48219</v>
       </c>
       <c r="G232" s="17" t="s">
         <v>1661</v>
       </c>
       <c r="H232" s="35" t="s">
         <v>1662</v>
       </c>
       <c r="I232" s="20">
         <v>41250002864</v>
       </c>
-      <c r="J232" s="83" t="s">
+      <c r="J232" s="20" t="s">
         <v>1663</v>
       </c>
       <c r="K232" s="17"/>
       <c r="L232" s="18" t="s">
         <v>133</v>
       </c>
       <c r="M232" s="22" t="s">
         <v>1664</v>
       </c>
       <c r="N232" s="22" t="s">
         <v>1665</v>
       </c>
       <c r="O232" s="24">
         <v>42169</v>
       </c>
       <c r="P232" s="24"/>
       <c r="Q232" s="16"/>
       <c r="R232" s="16"/>
       <c r="S232" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T232" s="16"/>
       <c r="U232" s="16"/>
       <c r="V232" s="16"/>
       <c r="W232" s="16" t="s">
@@ -24213,51 +24207,51 @@
       </c>
       <c r="B235" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C235" s="17" t="s">
         <v>1682</v>
       </c>
       <c r="D235" s="17" t="s">
         <v>1683</v>
       </c>
       <c r="E235" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F235" s="16">
         <v>60073</v>
       </c>
       <c r="G235" s="17" t="s">
         <v>1684</v>
       </c>
       <c r="H235" s="35" t="s">
         <v>1685</v>
       </c>
       <c r="I235" s="20">
         <v>412500028895</v>
       </c>
-      <c r="J235" s="83" t="s">
+      <c r="J235" s="20" t="s">
         <v>1686</v>
       </c>
       <c r="K235" s="17"/>
       <c r="L235" s="18" t="s">
         <v>879</v>
       </c>
       <c r="M235" s="22" t="s">
         <v>1687</v>
       </c>
       <c r="N235" s="22" t="s">
         <v>1688</v>
       </c>
       <c r="O235" s="24">
         <v>42544</v>
       </c>
       <c r="P235" s="24"/>
       <c r="Q235" s="16"/>
       <c r="R235" s="16"/>
       <c r="S235" s="16"/>
       <c r="T235" s="16"/>
       <c r="U235" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V235" s="16"/>
       <c r="W235" s="16"/>
@@ -24357,51 +24351,51 @@
       </c>
       <c r="B237" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C237" s="17" t="s">
         <v>1694</v>
       </c>
       <c r="D237" s="17" t="s">
         <v>1695</v>
       </c>
       <c r="E237" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F237" s="16">
         <v>49091</v>
       </c>
       <c r="G237" s="17" t="s">
         <v>1696</v>
       </c>
       <c r="H237" s="35" t="s">
         <v>1697</v>
       </c>
       <c r="I237" s="20">
         <v>41250002918</v>
       </c>
-      <c r="J237" s="83" t="s">
+      <c r="J237" s="20" t="s">
         <v>1698</v>
       </c>
       <c r="K237" s="17"/>
       <c r="L237" s="18" t="s">
         <v>1699</v>
       </c>
       <c r="M237" s="22" t="s">
         <v>1700</v>
       </c>
       <c r="N237" s="22" t="s">
         <v>1701</v>
       </c>
       <c r="O237" s="24">
         <v>42526</v>
       </c>
       <c r="P237" s="24"/>
       <c r="Q237" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R237" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S237" s="16"/>
       <c r="T237" s="16"/>
       <c r="U237" s="16"/>
@@ -24503,51 +24497,51 @@
       </c>
       <c r="B239" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C239" s="17" t="s">
         <v>1709</v>
       </c>
       <c r="D239" s="17" t="s">
         <v>1710</v>
       </c>
       <c r="E239" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F239" s="16">
         <v>49783</v>
       </c>
       <c r="G239" s="17" t="s">
         <v>1711</v>
       </c>
       <c r="H239" s="35" t="s">
         <v>1712</v>
       </c>
       <c r="I239" s="20">
         <v>41250002932</v>
       </c>
-      <c r="J239" s="83" t="s">
+      <c r="J239" s="20" t="s">
         <v>1713</v>
       </c>
       <c r="K239" s="17"/>
       <c r="L239" s="18" t="s">
         <v>1714</v>
       </c>
       <c r="M239" s="22" t="s">
         <v>1715</v>
       </c>
       <c r="N239" s="22" t="s">
         <v>1460</v>
       </c>
       <c r="O239" s="24">
         <v>42873</v>
       </c>
       <c r="P239" s="24"/>
       <c r="Q239" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R239" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S239" s="16"/>
       <c r="T239" s="16"/>
       <c r="U239" s="16"/>
@@ -24577,51 +24571,51 @@
       </c>
       <c r="B240" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C240" s="17" t="s">
         <v>1716</v>
       </c>
       <c r="D240" s="17" t="s">
         <v>1717</v>
       </c>
       <c r="E240" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F240" s="16">
         <v>49829</v>
       </c>
       <c r="G240" s="17" t="s">
         <v>1718</v>
       </c>
       <c r="H240" s="35" t="s">
         <v>1719</v>
       </c>
       <c r="I240" s="20">
         <v>41250002949</v>
       </c>
-      <c r="J240" s="83" t="s">
+      <c r="J240" s="20" t="s">
         <v>1720</v>
       </c>
       <c r="K240" s="17"/>
       <c r="L240" s="18" t="s">
         <v>1721</v>
       </c>
       <c r="M240" s="22" t="s">
         <v>1722</v>
       </c>
       <c r="N240" s="22" t="s">
         <v>1460</v>
       </c>
       <c r="O240" s="24">
         <v>42873</v>
       </c>
       <c r="P240" s="24"/>
       <c r="Q240" s="16"/>
       <c r="R240" s="16"/>
       <c r="S240" s="16"/>
       <c r="T240" s="16"/>
       <c r="U240" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V240" s="16"/>
       <c r="W240" s="16"/>
@@ -24789,51 +24783,51 @@
       </c>
       <c r="B243" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C243" s="17" t="s">
         <v>1734</v>
       </c>
       <c r="D243" s="17" t="s">
         <v>1735</v>
       </c>
       <c r="E243" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F243" s="16">
         <v>46383</v>
       </c>
       <c r="G243" s="17" t="s">
         <v>1736</v>
       </c>
       <c r="H243" s="35" t="s">
         <v>1737</v>
       </c>
       <c r="I243" s="20">
         <v>41250002970</v>
       </c>
-      <c r="J243" s="83" t="s">
+      <c r="J243" s="20" t="s">
         <v>1738</v>
       </c>
       <c r="K243" s="17"/>
       <c r="L243" s="18" t="s">
         <v>1514</v>
       </c>
       <c r="M243" s="22" t="s">
         <v>1739</v>
       </c>
       <c r="N243" s="22" t="s">
         <v>1739</v>
       </c>
       <c r="O243" s="24">
         <v>43244</v>
       </c>
       <c r="P243" s="24"/>
       <c r="Q243" s="16"/>
       <c r="R243" s="16"/>
       <c r="S243" s="16"/>
       <c r="T243" s="16"/>
       <c r="U243" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V243" s="16"/>
       <c r="W243" s="16"/>
@@ -24861,51 +24855,51 @@
       </c>
       <c r="B244" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C244" s="17" t="s">
         <v>1740</v>
       </c>
       <c r="D244" s="17" t="s">
         <v>1741</v>
       </c>
       <c r="E244" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F244" s="16">
         <v>54303</v>
       </c>
       <c r="G244" s="17" t="s">
         <v>48</v>
       </c>
       <c r="H244" s="35" t="s">
         <v>1742</v>
       </c>
       <c r="I244" s="20">
         <v>41250002987</v>
       </c>
-      <c r="J244" s="83" t="s">
+      <c r="J244" s="20" t="s">
         <v>1743</v>
       </c>
       <c r="K244" s="17"/>
       <c r="L244" s="18" t="s">
         <v>1744</v>
       </c>
       <c r="M244" s="22" t="s">
         <v>1745</v>
       </c>
       <c r="N244" s="22" t="s">
         <v>1745</v>
       </c>
       <c r="O244" s="24">
         <v>42871</v>
       </c>
       <c r="P244" s="24"/>
       <c r="Q244" s="16"/>
       <c r="R244" s="16"/>
       <c r="S244" s="16"/>
       <c r="T244" s="16"/>
       <c r="U244" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V244" s="16"/>
       <c r="W244" s="16"/>
@@ -24931,51 +24925,51 @@
       </c>
       <c r="B245" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C245" s="17" t="s">
         <v>1746</v>
       </c>
       <c r="D245" s="17" t="s">
         <v>1747</v>
       </c>
       <c r="E245" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F245" s="16">
         <v>53095</v>
       </c>
       <c r="G245" s="17" t="s">
         <v>48</v>
       </c>
       <c r="H245" s="35" t="s">
         <v>1748</v>
       </c>
       <c r="I245" s="20">
         <v>41250002994</v>
       </c>
-      <c r="J245" s="83" t="s">
+      <c r="J245" s="20" t="s">
         <v>1749</v>
       </c>
       <c r="K245" s="17"/>
       <c r="L245" s="18" t="s">
         <v>1750</v>
       </c>
       <c r="M245" s="22" t="s">
         <v>1751</v>
       </c>
       <c r="N245" s="22" t="s">
         <v>1752</v>
       </c>
       <c r="O245" s="24">
         <v>42871</v>
       </c>
       <c r="P245" s="24"/>
       <c r="Q245" s="16"/>
       <c r="R245" s="16"/>
       <c r="S245" s="16"/>
       <c r="T245" s="16"/>
       <c r="U245" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V245" s="16"/>
       <c r="W245" s="16"/>
@@ -25003,51 +24997,51 @@
       </c>
       <c r="B246" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C246" s="17" t="s">
         <v>1753</v>
       </c>
       <c r="D246" s="17" t="s">
         <v>1754</v>
       </c>
       <c r="E246" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F246" s="16">
         <v>54913</v>
       </c>
       <c r="G246" s="17" t="s">
         <v>1755</v>
       </c>
       <c r="H246" s="35" t="s">
         <v>1756</v>
       </c>
       <c r="I246" s="20">
         <v>41250003007</v>
       </c>
-      <c r="J246" s="83" t="s">
+      <c r="J246" s="20" t="s">
         <v>1757</v>
       </c>
       <c r="K246" s="17"/>
       <c r="L246" s="18" t="s">
         <v>1758</v>
       </c>
       <c r="M246" s="22" t="s">
         <v>1759</v>
       </c>
       <c r="N246" s="22" t="s">
         <v>1759</v>
       </c>
       <c r="O246" s="24">
         <v>43237</v>
       </c>
       <c r="P246" s="24"/>
       <c r="Q246" s="16"/>
       <c r="R246" s="16"/>
       <c r="S246" s="16"/>
       <c r="T246" s="16"/>
       <c r="U246" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V246" s="16"/>
       <c r="W246" s="16"/>
@@ -25075,51 +25069,51 @@
       </c>
       <c r="B247" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C247" s="17" t="s">
         <v>1760</v>
       </c>
       <c r="D247" s="17" t="s">
         <v>1761</v>
       </c>
       <c r="E247" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F247" s="16">
         <v>60915</v>
       </c>
       <c r="G247" s="17" t="s">
         <v>1762</v>
       </c>
       <c r="H247" s="35" t="s">
         <v>1763</v>
       </c>
       <c r="I247" s="20">
         <v>41250003014</v>
       </c>
-      <c r="J247" s="83" t="s">
+      <c r="J247" s="20" t="s">
         <v>1764</v>
       </c>
       <c r="K247" s="17"/>
       <c r="L247" s="18" t="s">
         <v>1765</v>
       </c>
       <c r="M247" s="22" t="s">
         <v>1766</v>
       </c>
       <c r="N247" s="22" t="s">
         <v>1766</v>
       </c>
       <c r="O247" s="24">
         <v>43237</v>
       </c>
       <c r="P247" s="24"/>
       <c r="Q247" s="16"/>
       <c r="R247" s="16"/>
       <c r="S247" s="16"/>
       <c r="T247" s="16"/>
       <c r="U247" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V247" s="16"/>
       <c r="W247" s="16"/>
@@ -25147,51 +25141,51 @@
       </c>
       <c r="B248" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C248" s="17" t="s">
         <v>1767</v>
       </c>
       <c r="D248" s="17" t="s">
         <v>1768</v>
       </c>
       <c r="E248" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F248" s="16">
         <v>49855</v>
       </c>
       <c r="G248" s="17" t="s">
         <v>1769</v>
       </c>
       <c r="H248" s="35" t="s">
         <v>1770</v>
       </c>
       <c r="I248" s="20">
         <v>41250003021</v>
       </c>
-      <c r="J248" s="83" t="s">
+      <c r="J248" s="20" t="s">
         <v>1771</v>
       </c>
       <c r="K248" s="17"/>
       <c r="L248" s="18" t="s">
         <v>1768</v>
       </c>
       <c r="M248" s="22" t="s">
         <v>1772</v>
       </c>
       <c r="N248" s="22" t="s">
         <v>1772</v>
       </c>
       <c r="O248" s="24">
         <v>43244</v>
       </c>
       <c r="P248" s="24"/>
       <c r="Q248" s="16"/>
       <c r="R248" s="16"/>
       <c r="S248" s="16"/>
       <c r="T248" s="16"/>
       <c r="U248" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V248" s="16"/>
       <c r="W248" s="16"/>
@@ -25219,51 +25213,51 @@
       </c>
       <c r="B249" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C249" s="17" t="s">
         <v>1773</v>
       </c>
       <c r="D249" s="17" t="s">
         <v>1774</v>
       </c>
       <c r="E249" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F249" s="16">
         <v>48846</v>
       </c>
       <c r="G249" s="18" t="s">
         <v>1775</v>
       </c>
       <c r="H249" s="19" t="s">
         <v>1776</v>
       </c>
       <c r="I249" s="20">
         <v>41250003038</v>
       </c>
-      <c r="J249" s="83" t="s">
+      <c r="J249" s="20" t="s">
         <v>1777</v>
       </c>
       <c r="K249" s="18"/>
       <c r="L249" s="18" t="s">
         <v>1774</v>
       </c>
       <c r="M249" s="22" t="s">
         <v>1778</v>
       </c>
       <c r="N249" s="22" t="s">
         <v>1779</v>
       </c>
       <c r="O249" s="24">
         <v>38550</v>
       </c>
       <c r="P249" s="24"/>
       <c r="Q249" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R249" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S249" s="16"/>
       <c r="T249" s="16"/>
       <c r="U249" s="16"/>
@@ -25291,51 +25285,51 @@
       </c>
       <c r="B250" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C250" s="17" t="s">
         <v>1780</v>
       </c>
       <c r="D250" s="17" t="s">
         <v>1781</v>
       </c>
       <c r="E250" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F250" s="16">
         <v>54220</v>
       </c>
       <c r="G250" s="18" t="s">
         <v>1782</v>
       </c>
       <c r="H250" s="19" t="s">
         <v>1783</v>
       </c>
       <c r="I250" s="20">
         <v>41250003045</v>
       </c>
-      <c r="J250" s="83" t="s">
+      <c r="J250" s="20" t="s">
         <v>1784</v>
       </c>
       <c r="K250" s="18"/>
       <c r="L250" s="18" t="s">
         <v>1781</v>
       </c>
       <c r="M250" s="22" t="s">
         <v>1785</v>
       </c>
       <c r="N250" s="22" t="s">
         <v>1786</v>
       </c>
       <c r="O250" s="24">
         <v>43954</v>
       </c>
       <c r="P250" s="24"/>
       <c r="Q250" s="16"/>
       <c r="R250" s="16"/>
       <c r="S250" s="16"/>
       <c r="T250" s="16"/>
       <c r="U250" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V250" s="16"/>
       <c r="W250" s="16"/>
@@ -25435,51 +25429,51 @@
       </c>
       <c r="B252" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C252" s="17" t="s">
         <v>1794</v>
       </c>
       <c r="D252" s="17" t="s">
         <v>297</v>
       </c>
       <c r="E252" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F252" s="16">
         <v>48089</v>
       </c>
       <c r="G252" s="18" t="s">
         <v>1795</v>
       </c>
       <c r="H252" s="19" t="s">
         <v>1796</v>
       </c>
       <c r="I252" s="20">
         <v>41250003069</v>
       </c>
-      <c r="J252" s="83" t="s">
+      <c r="J252" s="20" t="s">
         <v>1797</v>
       </c>
       <c r="K252" s="18"/>
       <c r="L252" s="18" t="s">
         <v>271</v>
       </c>
       <c r="M252" s="22" t="s">
         <v>1798</v>
       </c>
       <c r="N252" s="22" t="s">
         <v>1799</v>
       </c>
       <c r="O252" s="24">
         <v>43279</v>
       </c>
       <c r="P252" s="24"/>
       <c r="Q252" s="16"/>
       <c r="R252" s="16"/>
       <c r="S252" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T252" s="16"/>
       <c r="U252" s="16"/>
       <c r="V252" s="16"/>
       <c r="W252" s="16" t="s">
@@ -25725,51 +25719,51 @@
       </c>
       <c r="B256" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C256" s="17" t="s">
         <v>1821</v>
       </c>
       <c r="D256" s="17" t="s">
         <v>1822</v>
       </c>
       <c r="E256" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F256" s="16">
         <v>49412</v>
       </c>
       <c r="G256" s="18" t="s">
         <v>1823</v>
       </c>
       <c r="H256" s="19" t="s">
         <v>1824</v>
       </c>
       <c r="I256" s="20">
         <v>41250003106</v>
       </c>
-      <c r="J256" s="83" t="s">
+      <c r="J256" s="20" t="s">
         <v>1825</v>
       </c>
       <c r="K256" s="18"/>
       <c r="L256" s="18" t="s">
         <v>1826</v>
       </c>
       <c r="M256" s="22" t="s">
         <v>1827</v>
       </c>
       <c r="N256" s="22" t="s">
         <v>1828</v>
       </c>
       <c r="O256" s="24">
         <v>43606</v>
       </c>
       <c r="P256" s="24"/>
       <c r="Q256" s="16"/>
       <c r="R256" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S256" s="16"/>
       <c r="T256" s="16"/>
       <c r="U256" s="16"/>
       <c r="V256" s="16" t="s">
         <v>45</v>
@@ -25797,51 +25791,51 @@
       </c>
       <c r="B257" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C257" s="17" t="s">
         <v>1829</v>
       </c>
       <c r="D257" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E257" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F257" s="16" t="s">
         <v>1830</v>
       </c>
       <c r="G257" s="18" t="s">
         <v>1831</v>
       </c>
       <c r="H257" s="19" t="s">
         <v>1832</v>
       </c>
       <c r="I257" s="20">
         <v>41250003113</v>
       </c>
-      <c r="J257" s="83" t="s">
+      <c r="J257" s="20" t="s">
         <v>1833</v>
       </c>
       <c r="K257" s="18"/>
       <c r="L257" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M257" s="22" t="s">
         <v>1834</v>
       </c>
       <c r="N257" s="22" t="s">
         <v>1835</v>
       </c>
       <c r="O257" s="24">
         <v>40395</v>
       </c>
       <c r="P257" s="24"/>
       <c r="Q257" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R257" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S257" s="16"/>
       <c r="T257" s="16"/>
       <c r="U257" s="16"/>
@@ -25869,51 +25863,51 @@
       </c>
       <c r="B258" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C258" s="17" t="s">
         <v>1836</v>
       </c>
       <c r="D258" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E258" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F258" s="16">
         <v>49525</v>
       </c>
       <c r="G258" s="18" t="s">
         <v>68</v>
       </c>
       <c r="H258" s="19" t="s">
         <v>1837</v>
       </c>
       <c r="I258" s="20">
         <v>41250003120</v>
       </c>
-      <c r="J258" s="83" t="s">
+      <c r="J258" s="20" t="s">
         <v>1838</v>
       </c>
       <c r="K258" s="18"/>
       <c r="L258" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M258" s="22" t="s">
         <v>1839</v>
       </c>
       <c r="N258" s="22" t="s">
         <v>1840</v>
       </c>
       <c r="O258" s="24">
         <v>39554</v>
       </c>
       <c r="P258" s="24"/>
       <c r="Q258" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R258" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S258" s="16"/>
       <c r="T258" s="16"/>
       <c r="U258" s="16"/>
@@ -25941,51 +25935,51 @@
       </c>
       <c r="B259" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C259" s="17" t="s">
         <v>1841</v>
       </c>
       <c r="D259" s="17" t="s">
         <v>1842</v>
       </c>
       <c r="E259" s="16" t="s">
         <v>735</v>
       </c>
       <c r="F259" s="16">
         <v>60178</v>
       </c>
       <c r="G259" s="18" t="s">
         <v>1843</v>
       </c>
       <c r="H259" s="19" t="s">
         <v>1844</v>
       </c>
       <c r="I259" s="20">
         <v>41250003137</v>
       </c>
-      <c r="J259" s="83" t="s">
+      <c r="J259" s="20" t="s">
         <v>1845</v>
       </c>
       <c r="K259" s="18"/>
       <c r="L259" s="21" t="s">
         <v>1846</v>
       </c>
       <c r="M259" s="22" t="s">
         <v>1847</v>
       </c>
       <c r="N259" s="22" t="s">
         <v>1848</v>
       </c>
       <c r="O259" s="24">
         <v>43975</v>
       </c>
       <c r="P259" s="24"/>
       <c r="Q259" s="16"/>
       <c r="R259" s="16"/>
       <c r="S259" s="16"/>
       <c r="T259" s="16"/>
       <c r="U259" s="16" t="s">
         <v>45</v>
       </c>
       <c r="V259" s="16"/>
       <c r="W259" s="16"/>
@@ -26011,58 +26005,58 @@
       </c>
       <c r="B260" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C260" s="17" t="s">
         <v>1849</v>
       </c>
       <c r="D260" s="17" t="s">
         <v>568</v>
       </c>
       <c r="E260" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F260" s="16">
         <v>48825</v>
       </c>
       <c r="G260" s="17" t="s">
         <v>1849</v>
       </c>
       <c r="H260" s="19" t="s">
         <v>1850</v>
       </c>
       <c r="I260" s="20">
         <v>41250003144</v>
       </c>
-      <c r="J260" s="83" t="s">
+      <c r="J260" s="20" t="s">
         <v>1851</v>
       </c>
       <c r="K260" s="18"/>
       <c r="L260" s="21" t="s">
         <v>42</v>
       </c>
-      <c r="M260" s="89" t="s">
+      <c r="M260" s="84" t="s">
         <v>1852</v>
       </c>
       <c r="N260" s="22"/>
       <c r="O260" s="24">
         <v>2022</v>
       </c>
       <c r="P260" s="24"/>
       <c r="Q260" s="16"/>
       <c r="R260" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S260" s="16"/>
       <c r="T260" s="16"/>
       <c r="U260" s="16"/>
       <c r="V260" s="16"/>
       <c r="W260" s="16"/>
       <c r="X260" s="16"/>
       <c r="Y260" s="16" t="s">
         <v>45</v>
       </c>
       <c r="Z260" s="16"/>
       <c r="AA260" s="16"/>
       <c r="AB260" s="16" t="s">
         <v>45</v>
       </c>
@@ -26079,58 +26073,58 @@
       </c>
       <c r="B261" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C261" s="17" t="s">
         <v>1853</v>
       </c>
       <c r="D261" s="17" t="s">
         <v>1854</v>
       </c>
       <c r="E261" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F261" s="16">
         <v>48413</v>
       </c>
       <c r="G261" s="18" t="s">
         <v>1855</v>
       </c>
       <c r="H261" s="19" t="s">
         <v>1856</v>
       </c>
       <c r="I261" s="20">
         <v>41250003151</v>
       </c>
-      <c r="J261" s="83" t="s">
+      <c r="J261" s="20" t="s">
         <v>1857</v>
       </c>
       <c r="K261" s="18"/>
       <c r="L261" s="21" t="s">
         <v>1858</v>
       </c>
-      <c r="M261" s="89" t="s">
+      <c r="M261" s="84" t="s">
         <v>1859</v>
       </c>
       <c r="N261" s="22" t="s">
         <v>1860</v>
       </c>
       <c r="O261" s="24">
         <v>43965</v>
       </c>
       <c r="P261" s="24"/>
       <c r="Q261" s="16"/>
       <c r="R261" s="16"/>
       <c r="S261" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T261" s="16"/>
       <c r="U261" s="16"/>
       <c r="V261" s="16"/>
       <c r="W261" s="16" t="s">
         <v>45</v>
       </c>
       <c r="X261" s="16"/>
       <c r="Y261" s="16"/>
       <c r="Z261" s="16"/>
       <c r="AA261" s="16"/>
       <c r="AB261" s="16"/>
@@ -26149,60 +26143,60 @@
       </c>
       <c r="B262" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C262" s="17" t="s">
         <v>1861</v>
       </c>
       <c r="D262" s="17" t="s">
         <v>1089</v>
       </c>
       <c r="E262" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F262" s="16">
         <v>49015</v>
       </c>
       <c r="G262" s="18" t="s">
         <v>1862</v>
       </c>
       <c r="H262" s="19" t="s">
         <v>1863</v>
       </c>
       <c r="I262" s="20">
         <v>41250003168</v>
       </c>
-      <c r="J262" s="83" t="s">
+      <c r="J262" s="20" t="s">
         <v>1864</v>
       </c>
       <c r="K262" s="18" t="s">
         <v>1865</v>
       </c>
       <c r="L262" s="18" t="s">
         <v>1093</v>
       </c>
-      <c r="M262" s="89" t="s">
+      <c r="M262" s="84" t="s">
         <v>1866</v>
       </c>
       <c r="N262" s="22" t="s">
         <v>1867</v>
       </c>
       <c r="O262" s="24">
         <v>39694</v>
       </c>
       <c r="P262" s="24"/>
       <c r="Q262" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R262" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S262" s="16"/>
       <c r="T262" s="16"/>
       <c r="U262" s="16"/>
       <c r="V262" s="16" t="s">
         <v>45</v>
       </c>
       <c r="W262" s="16"/>
       <c r="X262" s="16"/>
       <c r="Y262" s="16"/>
       <c r="Z262" s="16" t="s">
@@ -26230,51 +26224,51 @@
       <c r="D263" s="26" t="s">
         <v>42</v>
       </c>
       <c r="E263" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F263" s="25">
         <v>44240</v>
       </c>
       <c r="G263" s="27" t="s">
         <v>1869</v>
       </c>
       <c r="H263" s="28" t="s">
         <v>1870</v>
       </c>
       <c r="I263" s="29">
         <v>41250003175</v>
       </c>
       <c r="J263" s="29" t="s">
         <v>1871</v>
       </c>
       <c r="K263" s="27"/>
       <c r="L263" s="27" t="s">
         <v>74</v>
       </c>
-      <c r="M263" s="90" t="s">
+      <c r="M263" s="85" t="s">
         <v>1872</v>
       </c>
       <c r="N263" s="32" t="s">
         <v>1873</v>
       </c>
       <c r="O263" s="36">
         <v>43958</v>
       </c>
       <c r="P263" s="36"/>
       <c r="Q263" s="25"/>
       <c r="R263" s="25"/>
       <c r="S263" s="25" t="s">
         <v>45</v>
       </c>
       <c r="T263" s="25"/>
       <c r="U263" s="25"/>
       <c r="V263" s="25"/>
       <c r="W263" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X263" s="25"/>
       <c r="Y263" s="25"/>
       <c r="Z263" s="25"/>
       <c r="AA263" s="25" t="s">
         <v>45</v>
@@ -26302,51 +26296,51 @@
       <c r="D264" s="26" t="s">
         <v>1812</v>
       </c>
       <c r="E264" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F264" s="25">
         <v>44053</v>
       </c>
       <c r="G264" s="27" t="s">
         <v>1875</v>
       </c>
       <c r="H264" s="28" t="s">
         <v>1876</v>
       </c>
       <c r="I264" s="29">
         <v>41250003182</v>
       </c>
       <c r="J264" s="29" t="s">
         <v>1877</v>
       </c>
       <c r="K264" s="27"/>
       <c r="L264" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="M264" s="90" t="s">
+      <c r="M264" s="85" t="s">
         <v>1878</v>
       </c>
       <c r="N264" s="32" t="s">
         <v>1879</v>
       </c>
       <c r="O264" s="36">
         <v>43961</v>
       </c>
       <c r="P264" s="36"/>
       <c r="Q264" s="25"/>
       <c r="R264" s="25"/>
       <c r="S264" s="25" t="s">
         <v>45</v>
       </c>
       <c r="T264" s="25"/>
       <c r="U264" s="25"/>
       <c r="V264" s="25"/>
       <c r="W264" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X264" s="25"/>
       <c r="Y264" s="25"/>
       <c r="Z264" s="25"/>
       <c r="AA264" s="25" t="s">
         <v>45</v>
@@ -26374,51 +26368,51 @@
       <c r="D265" s="26" t="s">
         <v>1881</v>
       </c>
       <c r="E265" s="25" t="s">
         <v>540</v>
       </c>
       <c r="F265" s="25">
         <v>46074</v>
       </c>
       <c r="G265" s="27" t="s">
         <v>1882</v>
       </c>
       <c r="H265" s="28" t="s">
         <v>1883</v>
       </c>
       <c r="I265" s="29">
         <v>41250003199</v>
       </c>
       <c r="J265" s="29" t="s">
         <v>1884</v>
       </c>
       <c r="K265" s="27"/>
       <c r="L265" s="27" t="s">
         <v>616</v>
       </c>
-      <c r="M265" s="90" t="s">
+      <c r="M265" s="85" t="s">
         <v>1885</v>
       </c>
       <c r="N265" s="32"/>
       <c r="O265" s="36">
         <v>44332</v>
       </c>
       <c r="P265" s="36"/>
       <c r="Q265" s="25"/>
       <c r="R265" s="25"/>
       <c r="S265" s="25"/>
       <c r="T265" s="25" t="s">
         <v>45</v>
       </c>
       <c r="U265" s="25"/>
       <c r="V265" s="25"/>
       <c r="W265" s="25"/>
       <c r="X265" s="25"/>
       <c r="Y265" s="25" t="s">
         <v>45</v>
       </c>
       <c r="Z265" s="25"/>
       <c r="AA265" s="25"/>
       <c r="AB265" s="25" t="s">
         <v>45</v>
       </c>
@@ -26444,51 +26438,51 @@
       <c r="D266" s="26" t="s">
         <v>1887</v>
       </c>
       <c r="E266" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F266" s="25">
         <v>44512</v>
       </c>
       <c r="G266" s="25" t="s">
         <v>48</v>
       </c>
       <c r="H266" s="28" t="s">
         <v>1888</v>
       </c>
       <c r="I266" s="29">
         <v>41250003205</v>
       </c>
       <c r="J266" s="29" t="s">
         <v>1889</v>
       </c>
       <c r="K266" s="27"/>
       <c r="L266" s="27" t="s">
         <v>1890</v>
       </c>
-      <c r="M266" s="90" t="s">
+      <c r="M266" s="85" t="s">
         <v>1891</v>
       </c>
       <c r="N266" s="32"/>
       <c r="O266" s="36">
         <v>44332</v>
       </c>
       <c r="P266" s="36"/>
       <c r="Q266" s="25"/>
       <c r="R266" s="25"/>
       <c r="S266" s="25" t="s">
         <v>45</v>
       </c>
       <c r="T266" s="25"/>
       <c r="U266" s="25"/>
       <c r="V266" s="25"/>
       <c r="W266" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X266" s="25"/>
       <c r="Y266" s="25"/>
       <c r="Z266" s="25"/>
       <c r="AA266" s="25" t="s">
         <v>45</v>
       </c>
       <c r="AB266" s="25"/>
@@ -26514,51 +26508,51 @@
       <c r="D267" s="26" t="s">
         <v>1893</v>
       </c>
       <c r="E267" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F267" s="25">
         <v>44131</v>
       </c>
       <c r="G267" s="27" t="s">
         <v>1894</v>
       </c>
       <c r="H267" s="28" t="s">
         <v>1895</v>
       </c>
       <c r="I267" s="29">
         <v>41250003212</v>
       </c>
       <c r="J267" s="29" t="s">
         <v>1896</v>
       </c>
       <c r="K267" s="27"/>
       <c r="L267" s="27" t="s">
         <v>1897</v>
       </c>
-      <c r="M267" s="90" t="s">
+      <c r="M267" s="85" t="s">
         <v>1898</v>
       </c>
       <c r="N267" s="32"/>
       <c r="O267" s="36">
         <v>44332</v>
       </c>
       <c r="P267" s="36"/>
       <c r="Q267" s="25"/>
       <c r="R267" s="25" t="s">
         <v>45</v>
       </c>
       <c r="S267" s="25" t="s">
         <v>45</v>
       </c>
       <c r="T267" s="25"/>
       <c r="U267" s="25"/>
       <c r="V267" s="25"/>
       <c r="W267" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X267" s="25"/>
       <c r="Y267" s="25"/>
       <c r="Z267" s="25"/>
       <c r="AA267" s="25" t="s">
         <v>45</v>
@@ -26586,51 +26580,51 @@
       <c r="D268" s="26" t="s">
         <v>1900</v>
       </c>
       <c r="E268" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F268" s="25">
         <v>44212</v>
       </c>
       <c r="G268" s="26" t="s">
         <v>1899</v>
       </c>
       <c r="H268" s="28" t="s">
         <v>1901</v>
       </c>
       <c r="I268" s="29">
         <v>41250003236</v>
       </c>
       <c r="J268" s="29" t="s">
         <v>1902</v>
       </c>
       <c r="K268" s="27"/>
       <c r="L268" s="27" t="s">
         <v>1903</v>
       </c>
-      <c r="M268" s="90" t="s">
+      <c r="M268" s="85" t="s">
         <v>1904</v>
       </c>
       <c r="N268" s="32"/>
       <c r="O268" s="36">
         <v>2022</v>
       </c>
       <c r="P268" s="36"/>
       <c r="Q268" s="25"/>
       <c r="R268" s="25" t="s">
         <v>45</v>
       </c>
       <c r="S268" s="25"/>
       <c r="T268" s="25"/>
       <c r="U268" s="25"/>
       <c r="V268" s="25"/>
       <c r="W268" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X268" s="25"/>
       <c r="Y268" s="25"/>
       <c r="Z268" s="25"/>
       <c r="AA268" s="25" t="s">
         <v>45</v>
       </c>
       <c r="AB268" s="25"/>
@@ -26647,58 +26641,58 @@
       </c>
       <c r="B269" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C269" s="17" t="s">
         <v>1905</v>
       </c>
       <c r="D269" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E269" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F269" s="16">
         <v>48911</v>
       </c>
       <c r="G269" s="18" t="s">
         <v>1906</v>
       </c>
       <c r="H269" s="19" t="s">
         <v>1907</v>
       </c>
       <c r="I269" s="41">
         <v>41250003243</v>
       </c>
-      <c r="J269" s="83" t="s">
+      <c r="J269" s="20" t="s">
         <v>1908</v>
       </c>
       <c r="K269" s="18"/>
       <c r="L269" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="M269" s="89" t="s">
+      <c r="M269" s="84" t="s">
         <v>1909</v>
       </c>
       <c r="N269" s="22" t="s">
         <v>1910</v>
       </c>
       <c r="O269" s="24" t="s">
         <v>1911</v>
       </c>
       <c r="P269" s="24"/>
       <c r="Q269" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R269" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S269" s="16"/>
       <c r="T269" s="16"/>
       <c r="U269" s="16"/>
       <c r="V269" s="16" t="s">
         <v>45</v>
       </c>
       <c r="W269" s="16"/>
       <c r="X269" s="16"/>
       <c r="Y269" s="16"/>
       <c r="Z269" s="16" t="s">
@@ -26726,51 +26720,51 @@
       <c r="D270" s="26" t="s">
         <v>129</v>
       </c>
       <c r="E270" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F270" s="25">
         <v>44718</v>
       </c>
       <c r="G270" s="26" t="s">
         <v>1912</v>
       </c>
       <c r="H270" s="28" t="s">
         <v>1913</v>
       </c>
       <c r="I270" s="42">
         <v>41250003250</v>
       </c>
       <c r="J270" s="29" t="s">
         <v>1914</v>
       </c>
       <c r="K270" s="27"/>
       <c r="L270" s="27" t="s">
         <v>1915</v>
       </c>
-      <c r="M270" s="90" t="s">
+      <c r="M270" s="85" t="s">
         <v>1916</v>
       </c>
       <c r="N270" s="32"/>
       <c r="O270" s="36">
         <v>2022</v>
       </c>
       <c r="P270" s="36"/>
       <c r="Q270" s="25"/>
       <c r="R270" s="25" t="s">
         <v>45</v>
       </c>
       <c r="S270" s="25"/>
       <c r="T270" s="25"/>
       <c r="U270" s="25"/>
       <c r="V270" s="25"/>
       <c r="W270" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X270" s="25"/>
       <c r="Y270" s="25"/>
       <c r="Z270" s="25"/>
       <c r="AA270" s="25" t="s">
         <v>45</v>
       </c>
       <c r="AB270" s="25"/>
@@ -26787,58 +26781,58 @@
       </c>
       <c r="B271" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C271" s="17" t="s">
         <v>1917</v>
       </c>
       <c r="D271" s="17" t="s">
         <v>1918</v>
       </c>
       <c r="E271" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F271" s="16">
         <v>48661</v>
       </c>
       <c r="G271" s="17" t="s">
         <v>1917</v>
       </c>
       <c r="H271" s="19" t="s">
         <v>1919</v>
       </c>
       <c r="I271" s="41">
         <v>41250003267</v>
       </c>
-      <c r="J271" s="83" t="s">
+      <c r="J271" s="20" t="s">
         <v>1920</v>
       </c>
       <c r="K271" s="18"/>
       <c r="L271" s="18" t="s">
         <v>1921</v>
       </c>
-      <c r="M271" s="89" t="s">
+      <c r="M271" s="84" t="s">
         <v>1922</v>
       </c>
       <c r="N271" s="22"/>
       <c r="O271" s="24">
         <v>2022</v>
       </c>
       <c r="P271" s="24"/>
       <c r="Q271" s="16"/>
       <c r="R271" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S271" s="16"/>
       <c r="T271" s="16"/>
       <c r="U271" s="16"/>
       <c r="V271" s="16" t="s">
         <v>212</v>
       </c>
       <c r="W271" s="16"/>
       <c r="X271" s="16"/>
       <c r="Y271" s="16"/>
       <c r="Z271" s="16" t="s">
         <v>45</v>
       </c>
       <c r="AA271" s="16"/>
       <c r="AB271" s="16"/>
@@ -26855,51 +26849,51 @@
       </c>
       <c r="B272" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C272" s="17" t="s">
         <v>1923</v>
       </c>
       <c r="D272" s="17" t="s">
         <v>1117</v>
       </c>
       <c r="E272" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F272" s="16">
         <v>49316</v>
       </c>
       <c r="G272" s="17" t="s">
         <v>1923</v>
       </c>
       <c r="H272" s="35" t="s">
         <v>1924</v>
       </c>
       <c r="I272" s="20">
         <v>41250003274</v>
       </c>
-      <c r="J272" s="83" t="s">
+      <c r="J272" s="20" t="s">
         <v>2168</v>
       </c>
       <c r="K272" s="17"/>
       <c r="L272" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M272" s="22"/>
       <c r="N272" s="22"/>
       <c r="O272" s="39"/>
       <c r="P272" s="39"/>
       <c r="Q272" s="16"/>
       <c r="R272" s="16"/>
       <c r="S272" s="16"/>
       <c r="T272" s="16"/>
       <c r="U272" s="16"/>
       <c r="V272" s="16"/>
       <c r="W272" s="16"/>
       <c r="X272" s="16"/>
       <c r="Y272" s="16"/>
       <c r="Z272" s="16"/>
       <c r="AA272" s="16"/>
       <c r="AB272" s="16"/>
       <c r="AC272" s="16"/>
       <c r="AD272" s="16"/>
       <c r="AE272" s="16"/>
@@ -26911,58 +26905,58 @@
       </c>
       <c r="B273" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C273" s="17" t="s">
         <v>1925</v>
       </c>
       <c r="D273" s="17" t="s">
         <v>593</v>
       </c>
       <c r="E273" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F273" s="16">
         <v>46514</v>
       </c>
       <c r="G273" s="17" t="s">
         <v>1926</v>
       </c>
       <c r="H273" s="19" t="s">
         <v>1927</v>
       </c>
       <c r="I273" s="41">
         <v>41250003281</v>
       </c>
-      <c r="J273" s="83" t="s">
+      <c r="J273" s="20" t="s">
         <v>1928</v>
       </c>
       <c r="K273" s="18"/>
       <c r="L273" s="18" t="s">
         <v>593</v>
       </c>
-      <c r="M273" s="89" t="s">
+      <c r="M273" s="84" t="s">
         <v>1929</v>
       </c>
       <c r="N273" s="22"/>
       <c r="O273" s="24">
         <v>45057</v>
       </c>
       <c r="P273" s="24"/>
       <c r="Q273" s="16"/>
       <c r="R273" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S273" s="16"/>
       <c r="T273" s="16"/>
       <c r="U273" s="16"/>
       <c r="V273" s="16" t="s">
         <v>212</v>
       </c>
       <c r="W273" s="16"/>
       <c r="X273" s="16"/>
       <c r="Y273" s="16"/>
       <c r="Z273" s="16" t="s">
         <v>45</v>
       </c>
       <c r="AA273" s="16"/>
       <c r="AB273" s="16"/>
@@ -26986,51 +26980,51 @@
       <c r="D274" s="26" t="s">
         <v>297</v>
       </c>
       <c r="E274" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F274" s="25">
         <v>44484</v>
       </c>
       <c r="G274" s="26" t="s">
         <v>1931</v>
       </c>
       <c r="H274" s="28" t="s">
         <v>1932</v>
       </c>
       <c r="I274" s="42">
         <v>41250003298</v>
       </c>
       <c r="J274" s="29" t="s">
         <v>1933</v>
       </c>
       <c r="K274" s="27"/>
       <c r="L274" s="27" t="s">
         <v>1934</v>
       </c>
-      <c r="M274" s="90" t="s">
+      <c r="M274" s="85" t="s">
         <v>1935</v>
       </c>
       <c r="N274" s="32"/>
       <c r="O274" s="36">
         <v>45062</v>
       </c>
       <c r="P274" s="36"/>
       <c r="Q274" s="25"/>
       <c r="R274" s="25" t="s">
         <v>45</v>
       </c>
       <c r="S274" s="25"/>
       <c r="T274" s="25"/>
       <c r="U274" s="25"/>
       <c r="V274" s="25"/>
       <c r="W274" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X274" s="25"/>
       <c r="Y274" s="25"/>
       <c r="Z274" s="25"/>
       <c r="AA274" s="25" t="s">
         <v>45</v>
       </c>
       <c r="AB274" s="25"/>
@@ -27054,51 +27048,51 @@
       <c r="D275" s="26" t="s">
         <v>1937</v>
       </c>
       <c r="E275" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F275" s="25">
         <v>44691</v>
       </c>
       <c r="G275" s="26" t="s">
         <v>1938</v>
       </c>
       <c r="H275" s="28" t="s">
         <v>1939</v>
       </c>
       <c r="I275" s="42">
         <v>41250003267</v>
       </c>
       <c r="J275" s="29" t="s">
         <v>1940</v>
       </c>
       <c r="K275" s="27"/>
       <c r="L275" s="27" t="s">
         <v>133</v>
       </c>
-      <c r="M275" s="90" t="s">
+      <c r="M275" s="85" t="s">
         <v>1941</v>
       </c>
       <c r="N275" s="32"/>
       <c r="O275" s="36">
         <v>45062</v>
       </c>
       <c r="P275" s="36"/>
       <c r="Q275" s="25"/>
       <c r="R275" s="25"/>
       <c r="S275" s="25"/>
       <c r="T275" s="25" t="s">
         <v>45</v>
       </c>
       <c r="U275" s="25"/>
       <c r="V275" s="25"/>
       <c r="W275" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X275" s="25"/>
       <c r="Y275" s="25"/>
       <c r="Z275" s="25"/>
       <c r="AA275" s="25" t="s">
         <v>45</v>
       </c>
       <c r="AB275" s="25"/>
@@ -27120,51 +27114,51 @@
         <v>1942</v>
       </c>
       <c r="D276" s="26" t="s">
         <v>1943</v>
       </c>
       <c r="E276" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F276" s="25">
         <v>44601</v>
       </c>
       <c r="G276" s="25" t="s">
         <v>48</v>
       </c>
       <c r="H276" s="43" t="s">
         <v>1944</v>
       </c>
       <c r="I276" s="42">
         <v>41250003311</v>
       </c>
       <c r="J276" s="29" t="s">
         <v>1945</v>
       </c>
       <c r="K276" s="27"/>
       <c r="L276" s="27"/>
-      <c r="M276" s="90"/>
+      <c r="M276" s="85"/>
       <c r="N276" s="32"/>
       <c r="O276" s="36">
         <v>45426</v>
       </c>
       <c r="P276" s="36"/>
       <c r="Q276" s="25"/>
       <c r="R276" s="25"/>
       <c r="S276" s="25"/>
       <c r="T276" s="25" t="s">
         <v>45</v>
       </c>
       <c r="U276" s="25"/>
       <c r="V276" s="25"/>
       <c r="W276" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X276" s="25"/>
       <c r="Y276" s="25"/>
       <c r="Z276" s="25"/>
       <c r="AA276" s="25" t="s">
         <v>45</v>
       </c>
       <c r="AB276" s="25"/>
       <c r="AC276" s="25"/>
       <c r="AD276" s="25"/>
@@ -27184,51 +27178,51 @@
         <v>1946</v>
       </c>
       <c r="D277" s="26" t="s">
         <v>1947</v>
       </c>
       <c r="E277" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F277" s="25">
         <v>44720</v>
       </c>
       <c r="G277" s="25" t="s">
         <v>48</v>
       </c>
       <c r="H277" s="43" t="s">
         <v>1948</v>
       </c>
       <c r="I277" s="42">
         <v>41250003328</v>
       </c>
       <c r="J277" s="29" t="s">
         <v>1949</v>
       </c>
       <c r="K277" s="27"/>
       <c r="L277" s="27"/>
-      <c r="M277" s="90"/>
+      <c r="M277" s="85"/>
       <c r="N277" s="32"/>
       <c r="O277" s="36">
         <v>45426</v>
       </c>
       <c r="P277" s="36"/>
       <c r="Q277" s="25"/>
       <c r="R277" s="25"/>
       <c r="S277" s="25"/>
       <c r="T277" s="25" t="s">
         <v>45</v>
       </c>
       <c r="U277" s="25"/>
       <c r="V277" s="25"/>
       <c r="W277" s="25" t="s">
         <v>45</v>
       </c>
       <c r="X277" s="25"/>
       <c r="Y277" s="25"/>
       <c r="Z277" s="25"/>
       <c r="AA277" s="25" t="s">
         <v>45</v>
       </c>
       <c r="AB277" s="25"/>
       <c r="AC277" s="25"/>
       <c r="AD277" s="25"/>
@@ -27243,56 +27237,56 @@
       </c>
       <c r="B278" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C278" s="44" t="s">
         <v>1950</v>
       </c>
       <c r="D278" s="17" t="s">
         <v>1951</v>
       </c>
       <c r="E278" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F278" s="16">
         <v>49242</v>
       </c>
       <c r="G278" s="16" t="s">
         <v>48</v>
       </c>
       <c r="H278" s="45" t="s">
         <v>1952</v>
       </c>
       <c r="I278" s="20">
         <v>41250003335</v>
       </c>
-      <c r="J278" s="83" t="s">
+      <c r="J278" s="20" t="s">
         <v>1953</v>
       </c>
       <c r="K278" s="18"/>
       <c r="L278" s="18"/>
-      <c r="M278" s="89"/>
+      <c r="M278" s="84"/>
       <c r="N278" s="22"/>
       <c r="O278" s="24">
         <v>45426</v>
       </c>
       <c r="P278" s="24"/>
       <c r="Q278" s="16"/>
       <c r="R278" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S278" s="16"/>
       <c r="T278" s="16"/>
       <c r="U278" s="16"/>
       <c r="V278" s="16" t="s">
         <v>45</v>
       </c>
       <c r="W278" s="16"/>
       <c r="X278" s="16"/>
       <c r="Y278" s="16"/>
       <c r="Z278" s="16" t="s">
         <v>45</v>
       </c>
       <c r="AA278" s="16"/>
       <c r="AB278" s="16"/>
       <c r="AC278" s="16"/>
       <c r="AD278" s="16"/>
@@ -27307,56 +27301,56 @@
       </c>
       <c r="B279" s="25" t="s">
         <v>46</v>
       </c>
       <c r="C279" s="43" t="s">
         <v>1954</v>
       </c>
       <c r="D279" s="26" t="s">
         <v>1955</v>
       </c>
       <c r="E279" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F279" s="25">
         <v>44515</v>
       </c>
       <c r="G279" s="18" t="s">
         <v>1954</v>
       </c>
       <c r="H279" s="43" t="s">
         <v>1956</v>
       </c>
       <c r="I279" s="30" t="s">
         <v>2176</v>
       </c>
-      <c r="J279" s="84" t="s">
+      <c r="J279" s="79" t="s">
         <v>1957</v>
       </c>
       <c r="K279" s="27"/>
       <c r="L279" s="27"/>
-      <c r="M279" s="90"/>
+      <c r="M279" s="85"/>
       <c r="N279" s="32"/>
       <c r="O279" s="36">
         <v>45785</v>
       </c>
       <c r="P279" s="36"/>
       <c r="Q279" s="25"/>
       <c r="R279" s="25"/>
       <c r="S279" s="25"/>
       <c r="T279" s="25" t="s">
         <v>212</v>
       </c>
       <c r="U279" s="25"/>
       <c r="V279" s="25"/>
       <c r="W279" s="25" t="s">
         <v>212</v>
       </c>
       <c r="X279" s="25"/>
       <c r="Y279" s="25"/>
       <c r="Z279" s="25"/>
       <c r="AA279" s="25" t="s">
         <v>212</v>
       </c>
       <c r="AB279" s="25"/>
       <c r="AC279" s="25"/>
       <c r="AD279" s="25"/>
@@ -27374,51 +27368,51 @@
       </c>
       <c r="C280" s="43" t="s">
         <v>1958</v>
       </c>
       <c r="D280" s="26" t="s">
         <v>1903</v>
       </c>
       <c r="E280" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F280" s="25">
         <v>44256</v>
       </c>
       <c r="G280" s="25"/>
       <c r="H280" s="43" t="s">
         <v>1959</v>
       </c>
       <c r="I280" s="46" t="s">
         <v>2177</v>
       </c>
       <c r="J280" s="29" t="s">
         <v>1960</v>
       </c>
       <c r="K280" s="27"/>
       <c r="L280" s="27"/>
-      <c r="M280" s="90"/>
+      <c r="M280" s="85"/>
       <c r="N280" s="32"/>
       <c r="O280" s="47" t="s">
         <v>1961</v>
       </c>
       <c r="P280" s="36"/>
       <c r="Q280" s="25"/>
       <c r="R280" s="25"/>
       <c r="S280" s="25"/>
       <c r="T280" s="25" t="s">
         <v>212</v>
       </c>
       <c r="U280" s="25"/>
       <c r="V280" s="25"/>
       <c r="W280" s="25" t="s">
         <v>212</v>
       </c>
       <c r="X280" s="25"/>
       <c r="Y280" s="25"/>
       <c r="Z280" s="25"/>
       <c r="AA280" s="25" t="s">
         <v>212</v>
       </c>
       <c r="AB280" s="25"/>
       <c r="AC280" s="25"/>
       <c r="AD280" s="25"/>
@@ -27436,51 +27430,51 @@
       </c>
       <c r="C281" s="43" t="s">
         <v>1962</v>
       </c>
       <c r="D281" s="26" t="s">
         <v>1963</v>
       </c>
       <c r="E281" s="25" t="s">
         <v>237</v>
       </c>
       <c r="F281" s="25">
         <v>44143</v>
       </c>
       <c r="G281" s="25"/>
       <c r="H281" s="43" t="s">
         <v>1964</v>
       </c>
       <c r="I281" s="30" t="s">
         <v>2178</v>
       </c>
       <c r="J281" s="29" t="s">
         <v>1965</v>
       </c>
       <c r="K281" s="27"/>
       <c r="L281" s="27"/>
-      <c r="M281" s="90"/>
+      <c r="M281" s="85"/>
       <c r="N281" s="32"/>
       <c r="O281" s="47" t="s">
         <v>1961</v>
       </c>
       <c r="P281" s="36"/>
       <c r="Q281" s="25"/>
       <c r="R281" s="25"/>
       <c r="S281" s="25"/>
       <c r="T281" s="25" t="s">
         <v>212</v>
       </c>
       <c r="U281" s="25"/>
       <c r="V281" s="25"/>
       <c r="W281" s="25" t="s">
         <v>212</v>
       </c>
       <c r="X281" s="25"/>
       <c r="Y281" s="25"/>
       <c r="Z281" s="25"/>
       <c r="AA281" s="25" t="s">
         <v>212</v>
       </c>
       <c r="AB281" s="25"/>
       <c r="AC281" s="25"/>
       <c r="AD281" s="25"/>
@@ -27495,277 +27489,277 @@
       </c>
       <c r="B282" s="16" t="s">
         <v>1966</v>
       </c>
       <c r="C282" s="17" t="s">
         <v>1967</v>
       </c>
       <c r="D282" s="18" t="s">
         <v>1968</v>
       </c>
       <c r="E282" s="16" t="s">
         <v>1969</v>
       </c>
       <c r="F282" s="16">
         <v>63110</v>
       </c>
       <c r="G282" s="16" t="s">
         <v>48</v>
       </c>
       <c r="H282" s="19" t="s">
         <v>1970</v>
       </c>
       <c r="I282" s="20">
         <v>41250004486</v>
       </c>
-      <c r="J282" s="83" t="s">
+      <c r="J282" s="20" t="s">
         <v>1971</v>
       </c>
       <c r="K282" s="18"/>
       <c r="L282" s="18"/>
-      <c r="M282" s="89" t="s">
+      <c r="M282" s="84" t="s">
         <v>1972</v>
       </c>
       <c r="N282" s="22"/>
       <c r="O282" s="24"/>
       <c r="P282" s="24"/>
       <c r="Q282" s="16"/>
       <c r="R282" s="16"/>
       <c r="S282" s="16"/>
       <c r="T282" s="16"/>
       <c r="U282" s="16"/>
       <c r="V282" s="16"/>
       <c r="W282" s="16"/>
       <c r="X282" s="16"/>
       <c r="Y282" s="16"/>
       <c r="Z282" s="16"/>
       <c r="AA282" s="16"/>
       <c r="AB282" s="16"/>
       <c r="AC282" s="16"/>
       <c r="AD282" s="16"/>
       <c r="AE282" s="16"/>
       <c r="AF282" s="16"/>
     </row>
     <row r="283" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A283" s="16">
         <v>460</v>
       </c>
       <c r="B283" s="16" t="s">
         <v>1973</v>
       </c>
       <c r="C283" s="17" t="s">
         <v>1974</v>
       </c>
       <c r="D283" s="17" t="s">
         <v>365</v>
       </c>
       <c r="E283" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F283" s="16">
         <v>48111</v>
       </c>
       <c r="G283" s="18"/>
       <c r="H283" s="19" t="s">
         <v>1975</v>
       </c>
       <c r="I283" s="20">
         <v>41250004608</v>
       </c>
-      <c r="J283" s="83" t="s">
+      <c r="J283" s="20" t="s">
         <v>1976</v>
       </c>
       <c r="K283" s="18"/>
       <c r="L283" s="18" t="s">
         <v>133</v>
       </c>
       <c r="M283" s="22"/>
       <c r="N283" s="22"/>
-      <c r="O283" s="88">
+      <c r="O283" s="83">
         <v>42548</v>
       </c>
       <c r="P283" s="21"/>
       <c r="Q283" s="16"/>
       <c r="R283" s="16"/>
       <c r="S283" s="16"/>
       <c r="T283" s="16"/>
       <c r="U283" s="16"/>
       <c r="V283" s="16"/>
       <c r="W283" s="16"/>
       <c r="X283" s="16"/>
       <c r="Y283" s="16"/>
       <c r="Z283" s="16"/>
       <c r="AA283" s="16"/>
       <c r="AB283" s="16"/>
       <c r="AC283" s="16"/>
       <c r="AD283" s="16"/>
       <c r="AE283" s="16"/>
       <c r="AF283" s="16"/>
     </row>
     <row r="284" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A284" s="16">
         <v>463</v>
       </c>
       <c r="B284" s="16" t="s">
         <v>1973</v>
       </c>
       <c r="C284" s="17" t="s">
         <v>1977</v>
       </c>
       <c r="D284" s="17" t="s">
         <v>568</v>
       </c>
       <c r="E284" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F284" s="16">
         <v>46808</v>
       </c>
       <c r="G284" s="18"/>
       <c r="H284" s="19" t="s">
         <v>1978</v>
       </c>
       <c r="I284" s="20">
         <v>41250004639</v>
       </c>
-      <c r="J284" s="83" t="s">
+      <c r="J284" s="20" t="s">
         <v>1979</v>
       </c>
       <c r="K284" s="18"/>
       <c r="L284" s="18" t="s">
         <v>472</v>
       </c>
       <c r="M284" s="22" t="s">
         <v>1980</v>
       </c>
       <c r="N284" s="22"/>
-      <c r="O284" s="88"/>
+      <c r="O284" s="83"/>
       <c r="P284" s="21"/>
       <c r="Q284" s="16"/>
       <c r="R284" s="16"/>
       <c r="S284" s="16"/>
       <c r="T284" s="16"/>
       <c r="U284" s="16"/>
       <c r="V284" s="16"/>
       <c r="W284" s="16"/>
       <c r="X284" s="16"/>
       <c r="Y284" s="16"/>
       <c r="Z284" s="16"/>
       <c r="AA284" s="16"/>
       <c r="AB284" s="16"/>
       <c r="AC284" s="16"/>
       <c r="AD284" s="16"/>
       <c r="AE284" s="16"/>
       <c r="AF284" s="16"/>
     </row>
     <row r="285" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A285" s="16">
         <v>464</v>
       </c>
       <c r="B285" s="16" t="s">
         <v>1973</v>
       </c>
       <c r="C285" s="17" t="s">
         <v>1981</v>
       </c>
       <c r="D285" s="17" t="s">
         <v>365</v>
       </c>
       <c r="E285" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F285" s="16">
         <v>48111</v>
       </c>
       <c r="G285" s="18"/>
       <c r="H285" s="19" t="s">
         <v>1982</v>
       </c>
       <c r="I285" s="20">
         <v>41250004646</v>
       </c>
-      <c r="J285" s="83" t="s">
+      <c r="J285" s="20" t="s">
         <v>1983</v>
       </c>
       <c r="K285" s="18"/>
       <c r="L285" s="18" t="s">
         <v>133</v>
       </c>
       <c r="M285" s="22" t="s">
         <v>1984</v>
       </c>
       <c r="N285" s="22"/>
-      <c r="O285" s="88">
+      <c r="O285" s="83">
         <v>42548</v>
       </c>
       <c r="P285" s="21"/>
       <c r="Q285" s="21"/>
       <c r="R285" s="16"/>
       <c r="S285" s="16"/>
       <c r="T285" s="16"/>
       <c r="U285" s="16"/>
       <c r="V285" s="16"/>
       <c r="W285" s="16"/>
       <c r="X285" s="16"/>
       <c r="Y285" s="16"/>
       <c r="Z285" s="16"/>
       <c r="AA285" s="16"/>
       <c r="AB285" s="16"/>
       <c r="AC285" s="16"/>
       <c r="AD285" s="16"/>
       <c r="AE285" s="16"/>
       <c r="AF285" s="16"/>
     </row>
     <row r="286" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A286" s="16">
         <v>465</v>
       </c>
       <c r="B286" s="16" t="s">
         <v>1973</v>
       </c>
       <c r="C286" s="17" t="s">
         <v>1985</v>
       </c>
       <c r="D286" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E286" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F286" s="16">
         <v>49503</v>
       </c>
       <c r="G286" s="17" t="s">
         <v>48</v>
       </c>
       <c r="H286" s="35" t="s">
         <v>1986</v>
       </c>
       <c r="I286" s="20">
         <v>41250004653</v>
       </c>
-      <c r="J286" s="83" t="s">
+      <c r="J286" s="20" t="s">
         <v>1987</v>
       </c>
       <c r="K286" s="17"/>
       <c r="L286" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M286" s="22" t="s">
         <v>1988</v>
       </c>
       <c r="N286" s="22" t="s">
         <v>1988</v>
       </c>
       <c r="O286" s="22"/>
       <c r="P286" s="21"/>
       <c r="Q286" s="21"/>
       <c r="R286" s="16"/>
       <c r="S286" s="16"/>
       <c r="T286" s="16"/>
       <c r="U286" s="16"/>
       <c r="V286" s="16"/>
       <c r="W286" s="16"/>
       <c r="X286" s="16"/>
       <c r="Y286" s="16"/>
       <c r="Z286" s="16"/>
       <c r="AA286" s="16"/>
@@ -27779,118 +27773,118 @@
       <c r="A287" s="16">
         <v>466</v>
       </c>
       <c r="B287" s="16" t="s">
         <v>1973</v>
       </c>
       <c r="C287" s="17" t="s">
         <v>1989</v>
       </c>
       <c r="D287" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E287" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F287" s="16">
         <v>49506</v>
       </c>
       <c r="G287" s="17"/>
       <c r="H287" s="35" t="s">
         <v>1990</v>
       </c>
       <c r="I287" s="20">
         <v>41250004660</v>
       </c>
-      <c r="J287" s="83" t="s">
+      <c r="J287" s="20" t="s">
         <v>1991</v>
       </c>
       <c r="K287" s="17"/>
       <c r="L287" s="18"/>
       <c r="M287" s="22" t="s">
         <v>1992</v>
       </c>
       <c r="N287" s="22" t="s">
         <v>1993</v>
       </c>
-      <c r="O287" s="88">
+      <c r="O287" s="83">
         <v>45499</v>
       </c>
       <c r="P287" s="21"/>
       <c r="Q287" s="21"/>
       <c r="R287" s="16"/>
       <c r="S287" s="16"/>
       <c r="T287" s="16"/>
       <c r="U287" s="16"/>
       <c r="V287" s="16"/>
       <c r="W287" s="16"/>
       <c r="X287" s="16"/>
       <c r="Y287" s="16"/>
       <c r="Z287" s="16"/>
       <c r="AA287" s="16"/>
       <c r="AB287" s="16"/>
       <c r="AC287" s="16"/>
       <c r="AD287" s="16"/>
       <c r="AE287" s="16"/>
       <c r="AF287" s="16"/>
     </row>
     <row r="288" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A288" s="16">
         <v>470</v>
       </c>
       <c r="B288" s="16" t="s">
         <v>1994</v>
       </c>
       <c r="C288" s="17" t="s">
         <v>1995</v>
       </c>
       <c r="D288" s="17" t="s">
         <v>42</v>
       </c>
       <c r="E288" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F288" s="16">
         <v>49544</v>
       </c>
       <c r="G288" s="16" t="s">
         <v>1996</v>
       </c>
       <c r="H288" s="19" t="s">
         <v>1997</v>
       </c>
       <c r="I288" s="20">
         <v>41250004707</v>
       </c>
-      <c r="J288" s="83" t="s">
+      <c r="J288" s="20" t="s">
         <v>1998</v>
       </c>
       <c r="K288" s="18"/>
       <c r="L288" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="M288" s="89"/>
+      <c r="M288" s="84"/>
       <c r="N288" s="22"/>
       <c r="O288" s="24"/>
       <c r="P288" s="24"/>
       <c r="Q288" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R288" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S288" s="16"/>
       <c r="T288" s="16"/>
       <c r="U288" s="16"/>
       <c r="V288" s="16" t="s">
         <v>45</v>
       </c>
       <c r="W288" s="16"/>
       <c r="X288" s="16"/>
       <c r="Y288" s="16"/>
       <c r="Z288" s="16" t="s">
         <v>45</v>
       </c>
       <c r="AA288" s="16"/>
       <c r="AB288" s="16"/>
       <c r="AC288" s="16"/>
       <c r="AD288" s="16"/>
@@ -27903,58 +27897,58 @@
       </c>
       <c r="B289" s="16" t="s">
         <v>1994</v>
       </c>
       <c r="C289" s="17" t="s">
         <v>279</v>
       </c>
       <c r="D289" s="17" t="s">
         <v>280</v>
       </c>
       <c r="E289" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F289" s="16">
         <v>48307</v>
       </c>
       <c r="G289" s="16" t="s">
         <v>48</v>
       </c>
       <c r="H289" s="19" t="s">
         <v>1999</v>
       </c>
       <c r="I289" s="20">
         <v>41250004714</v>
       </c>
-      <c r="J289" s="83" t="s">
+      <c r="J289" s="20" t="s">
         <v>2000</v>
       </c>
       <c r="K289" s="18"/>
       <c r="L289" s="21" t="s">
         <v>150</v>
       </c>
-      <c r="M289" s="89"/>
+      <c r="M289" s="84"/>
       <c r="N289" s="22"/>
       <c r="O289" s="24"/>
       <c r="P289" s="24"/>
       <c r="Q289" s="16"/>
       <c r="R289" s="16"/>
       <c r="S289" s="16" t="s">
         <v>45</v>
       </c>
       <c r="T289" s="16"/>
       <c r="U289" s="16"/>
       <c r="V289" s="16"/>
       <c r="W289" s="16" t="s">
         <v>45</v>
       </c>
       <c r="X289" s="16"/>
       <c r="Y289" s="16"/>
       <c r="Z289" s="16"/>
       <c r="AA289" s="16" t="s">
         <v>45</v>
       </c>
       <c r="AB289" s="16"/>
       <c r="AC289" s="16"/>
       <c r="AD289" s="16"/>
       <c r="AE289" s="16" t="s">
         <v>45</v>
@@ -27965,51 +27959,51 @@
       <c r="A290" s="16">
         <v>482</v>
       </c>
       <c r="B290" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C290" s="17" t="s">
         <v>2001</v>
       </c>
       <c r="D290" s="17" t="s">
         <v>2002</v>
       </c>
       <c r="E290" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F290" s="16">
         <v>45371</v>
       </c>
       <c r="G290" s="18"/>
       <c r="H290" s="19" t="s">
         <v>2003</v>
       </c>
       <c r="I290" s="20">
         <v>41250004820</v>
       </c>
-      <c r="J290" s="83" t="s">
+      <c r="J290" s="20" t="s">
         <v>2004</v>
       </c>
       <c r="K290" s="18"/>
       <c r="L290" s="21" t="s">
         <v>488</v>
       </c>
       <c r="M290" s="22"/>
       <c r="N290" s="22"/>
       <c r="O290" s="22"/>
       <c r="P290" s="21"/>
       <c r="Q290" s="16"/>
       <c r="R290" s="16"/>
       <c r="S290" s="16"/>
       <c r="T290" s="16"/>
       <c r="U290" s="16"/>
       <c r="V290" s="16"/>
       <c r="W290" s="16"/>
       <c r="X290" s="16"/>
       <c r="Y290" s="16"/>
       <c r="Z290" s="16"/>
       <c r="AA290" s="16"/>
       <c r="AB290" s="16"/>
       <c r="AC290" s="16"/>
       <c r="AD290" s="16"/>
       <c r="AE290" s="16"/>
@@ -28019,51 +28013,51 @@
       <c r="A291" s="16">
         <v>545</v>
       </c>
       <c r="B291" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C291" s="17" t="s">
         <v>388</v>
       </c>
       <c r="D291" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E291" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F291" s="16">
         <v>49544</v>
       </c>
       <c r="G291" s="18"/>
       <c r="H291" s="19" t="s">
         <v>2005</v>
       </c>
       <c r="I291" s="20">
         <v>41250005452</v>
       </c>
-      <c r="J291" s="83" t="s">
+      <c r="J291" s="20" t="s">
         <v>2006</v>
       </c>
       <c r="K291" s="18"/>
       <c r="L291" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M291" s="22" t="s">
         <v>391</v>
       </c>
       <c r="N291" s="22"/>
       <c r="O291" s="22"/>
       <c r="P291" s="21"/>
       <c r="Q291" s="16"/>
       <c r="R291" s="16"/>
       <c r="S291" s="16"/>
       <c r="T291" s="16"/>
       <c r="U291" s="16"/>
       <c r="V291" s="16"/>
       <c r="W291" s="16"/>
       <c r="X291" s="16"/>
       <c r="Y291" s="16"/>
       <c r="Z291" s="16"/>
       <c r="AA291" s="16"/>
       <c r="AB291" s="16"/>
       <c r="AC291" s="16"/>
@@ -28075,51 +28069,51 @@
       <c r="A292" s="16">
         <v>547</v>
       </c>
       <c r="B292" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C292" s="17" t="s">
         <v>2007</v>
       </c>
       <c r="D292" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E292" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F292" s="16">
         <v>48917</v>
       </c>
       <c r="G292" s="18"/>
       <c r="H292" s="19" t="s">
         <v>2008</v>
       </c>
       <c r="I292" s="20">
         <v>41250005476</v>
       </c>
-      <c r="J292" s="83" t="s">
+      <c r="J292" s="20" t="s">
         <v>2009</v>
       </c>
       <c r="K292" s="18"/>
       <c r="L292" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M292" s="22" t="s">
         <v>2010</v>
       </c>
       <c r="N292" s="22"/>
       <c r="O292" s="22"/>
       <c r="P292" s="21"/>
       <c r="Q292" s="16"/>
       <c r="R292" s="16"/>
       <c r="S292" s="16"/>
       <c r="T292" s="16"/>
       <c r="U292" s="16"/>
       <c r="V292" s="16"/>
       <c r="W292" s="16"/>
       <c r="X292" s="16"/>
       <c r="Y292" s="16"/>
       <c r="Z292" s="16"/>
       <c r="AA292" s="16"/>
       <c r="AB292" s="16"/>
       <c r="AC292" s="16"/>
@@ -28133,51 +28127,51 @@
       </c>
       <c r="B293" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C293" s="17" t="s">
         <v>2011</v>
       </c>
       <c r="D293" s="17" t="s">
         <v>2012</v>
       </c>
       <c r="E293" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F293" s="16">
         <v>49548</v>
       </c>
       <c r="G293" s="17" t="s">
         <v>2011</v>
       </c>
       <c r="H293" s="35" t="s">
         <v>2013</v>
       </c>
       <c r="I293" s="20">
         <v>41250006022</v>
       </c>
-      <c r="J293" s="83" t="s">
+      <c r="J293" s="20" t="s">
         <v>2169</v>
       </c>
       <c r="K293" s="17"/>
       <c r="L293" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M293" s="22" t="s">
         <v>2014</v>
       </c>
       <c r="N293" s="22"/>
       <c r="O293" s="39" t="s">
         <v>2015</v>
       </c>
       <c r="P293" s="39"/>
       <c r="Q293" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R293" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S293" s="16"/>
       <c r="T293" s="16"/>
       <c r="U293" s="16"/>
       <c r="V293" s="16" t="s">
         <v>45</v>
@@ -28204,51 +28198,51 @@
       </c>
       <c r="B294" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C294" s="17" t="s">
         <v>2016</v>
       </c>
       <c r="D294" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E294" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F294" s="16">
         <v>48910</v>
       </c>
       <c r="G294" s="17" t="s">
         <v>2016</v>
       </c>
       <c r="H294" s="35" t="s">
         <v>2017</v>
       </c>
       <c r="I294" s="20">
         <v>41250006039</v>
       </c>
-      <c r="J294" s="83" t="s">
+      <c r="J294" s="20" t="s">
         <v>2170</v>
       </c>
       <c r="K294" s="17"/>
       <c r="L294" s="21" t="s">
         <v>93</v>
       </c>
       <c r="M294" s="22" t="s">
         <v>2018</v>
       </c>
       <c r="N294" s="22"/>
       <c r="O294" s="39" t="s">
         <v>2019</v>
       </c>
       <c r="P294" s="39"/>
       <c r="Q294" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R294" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S294" s="16"/>
       <c r="T294" s="16"/>
       <c r="U294" s="16"/>
       <c r="V294" s="16" t="s">
         <v>45</v>
@@ -28274,51 +28268,51 @@
       </c>
       <c r="B295" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C295" s="17" t="s">
         <v>2020</v>
       </c>
       <c r="D295" s="17" t="s">
         <v>2012</v>
       </c>
       <c r="E295" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F295" s="16">
         <v>49508</v>
       </c>
       <c r="G295" s="17" t="s">
         <v>2020</v>
       </c>
       <c r="H295" s="35" t="s">
         <v>2021</v>
       </c>
       <c r="I295" s="20">
         <v>41250006046</v>
       </c>
-      <c r="J295" s="83" t="s">
+      <c r="J295" s="20" t="s">
         <v>2171</v>
       </c>
       <c r="K295" s="17"/>
       <c r="L295" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M295" s="22" t="s">
         <v>2022</v>
       </c>
       <c r="N295" s="22"/>
       <c r="O295" s="50" t="s">
         <v>2023</v>
       </c>
       <c r="P295" s="50"/>
       <c r="Q295" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R295" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S295" s="16"/>
       <c r="T295" s="16"/>
       <c r="U295" s="16"/>
       <c r="V295" s="16" t="s">
         <v>45</v>
@@ -28344,51 +28338,51 @@
       </c>
       <c r="B296" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C296" s="17" t="s">
         <v>2024</v>
       </c>
       <c r="D296" s="17" t="s">
         <v>1257</v>
       </c>
       <c r="E296" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F296" s="16">
         <v>49418</v>
       </c>
       <c r="G296" s="17" t="s">
         <v>2024</v>
       </c>
       <c r="H296" s="35" t="s">
         <v>2025</v>
       </c>
       <c r="I296" s="20">
         <v>41250006053</v>
       </c>
-      <c r="J296" s="83" t="s">
+      <c r="J296" s="20" t="s">
         <v>2172</v>
       </c>
       <c r="K296" s="17"/>
       <c r="L296" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M296" s="22" t="s">
         <v>2026</v>
       </c>
       <c r="N296" s="22"/>
       <c r="O296" s="50" t="s">
         <v>2027</v>
       </c>
       <c r="P296" s="50"/>
       <c r="Q296" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R296" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S296" s="16"/>
       <c r="T296" s="16"/>
       <c r="U296" s="16"/>
       <c r="V296" s="16" t="s">
         <v>45</v>
@@ -28414,51 +28408,51 @@
       </c>
       <c r="B297" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C297" s="17" t="s">
         <v>2028</v>
       </c>
       <c r="D297" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="E297" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F297" s="16" t="s">
         <v>2029</v>
       </c>
       <c r="G297" s="17" t="s">
         <v>2028</v>
       </c>
       <c r="H297" s="35" t="s">
         <v>2030</v>
       </c>
       <c r="I297" s="20">
         <v>412500068114</v>
       </c>
-      <c r="J297" s="83" t="s">
+      <c r="J297" s="20" t="s">
         <v>2173</v>
       </c>
       <c r="K297" s="17"/>
       <c r="L297" s="21" t="s">
         <v>1127</v>
       </c>
       <c r="M297" s="22" t="s">
         <v>2031</v>
       </c>
       <c r="N297" s="22"/>
       <c r="O297" s="50" t="s">
         <v>2032</v>
       </c>
       <c r="P297" s="50"/>
       <c r="Q297" s="16" t="s">
         <v>45</v>
       </c>
       <c r="R297" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S297" s="16"/>
       <c r="T297" s="16"/>
       <c r="U297" s="16"/>
       <c r="V297" s="16" t="s">
         <v>45</v>
@@ -28484,51 +28478,51 @@
       </c>
       <c r="B298" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C298" s="17" t="s">
         <v>2033</v>
       </c>
       <c r="D298" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E298" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F298" s="16">
         <v>49544</v>
       </c>
       <c r="G298" s="17" t="s">
         <v>2033</v>
       </c>
       <c r="H298" s="35" t="s">
         <v>2034</v>
       </c>
       <c r="I298" s="20">
         <v>41250006152</v>
       </c>
-      <c r="J298" s="83" t="s">
+      <c r="J298" s="20" t="s">
         <v>2174</v>
       </c>
       <c r="K298" s="17"/>
       <c r="L298" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M298" s="22" t="s">
         <v>2035</v>
       </c>
       <c r="N298" s="22"/>
       <c r="O298" s="50" t="s">
         <v>2036</v>
       </c>
       <c r="P298" s="50"/>
       <c r="Q298" s="16"/>
       <c r="R298" s="16"/>
       <c r="S298" s="16"/>
       <c r="T298" s="16"/>
       <c r="U298" s="16"/>
       <c r="V298" s="16"/>
       <c r="W298" s="16"/>
       <c r="X298" s="16"/>
       <c r="Y298" s="16"/>
       <c r="Z298" s="16"/>
       <c r="AA298" s="16"/>
@@ -28542,56 +28536,56 @@
       <c r="A299" s="16">
         <v>656</v>
       </c>
       <c r="B299" s="16" t="s">
         <v>1966</v>
       </c>
       <c r="C299" s="51" t="s">
         <v>2037</v>
       </c>
       <c r="D299" s="51" t="s">
         <v>2038</v>
       </c>
       <c r="E299" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F299" s="16">
         <v>48346</v>
       </c>
       <c r="G299" s="16"/>
       <c r="H299" s="44" t="s">
         <v>2039</v>
       </c>
       <c r="I299" s="75" t="s">
         <v>2040</v>
       </c>
-      <c r="J299" s="83" t="s">
+      <c r="J299" s="20" t="s">
         <v>2041</v>
       </c>
       <c r="K299" s="24"/>
       <c r="L299" s="51"/>
-      <c r="M299" s="89"/>
+      <c r="M299" s="84"/>
       <c r="N299" s="24"/>
       <c r="O299" s="24"/>
       <c r="P299" s="24"/>
       <c r="Q299" s="16"/>
       <c r="R299" s="16" t="s">
         <v>212</v>
       </c>
       <c r="S299" s="16"/>
       <c r="T299" s="16"/>
       <c r="U299" s="16"/>
       <c r="V299" s="16"/>
       <c r="W299" s="16" t="s">
         <v>212</v>
       </c>
       <c r="X299" s="16"/>
       <c r="Y299" s="16"/>
       <c r="Z299" s="16"/>
       <c r="AA299" s="16" t="s">
         <v>212</v>
       </c>
       <c r="AB299" s="16"/>
       <c r="AC299" s="16"/>
       <c r="AD299" s="16"/>
       <c r="AE299" s="16" t="s">
         <v>212</v>
@@ -28604,58 +28598,58 @@
       </c>
       <c r="B300" s="16" t="s">
         <v>1966</v>
       </c>
       <c r="C300" s="51" t="s">
         <v>2042</v>
       </c>
       <c r="D300" s="51" t="s">
         <v>60</v>
       </c>
       <c r="E300" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F300" s="16">
         <v>49504</v>
       </c>
       <c r="G300" s="16">
         <v>277</v>
       </c>
       <c r="H300" s="19" t="s">
         <v>2043</v>
       </c>
       <c r="I300" s="20">
         <v>41250006503</v>
       </c>
-      <c r="J300" s="83" t="s">
+      <c r="J300" s="20" t="s">
         <v>2044</v>
       </c>
       <c r="K300" s="24"/>
       <c r="L300" s="51" t="s">
         <v>42</v>
       </c>
-      <c r="M300" s="89" t="s">
+      <c r="M300" s="84" t="s">
         <v>2045</v>
       </c>
       <c r="N300" s="24" t="s">
         <v>2045</v>
       </c>
       <c r="O300" s="24">
         <v>43341</v>
       </c>
       <c r="P300" s="24"/>
       <c r="Q300" s="16"/>
       <c r="R300" s="16"/>
       <c r="S300" s="16"/>
       <c r="T300" s="16"/>
       <c r="U300" s="16"/>
       <c r="V300" s="16" t="s">
         <v>212</v>
       </c>
       <c r="W300" s="16"/>
       <c r="X300" s="16"/>
       <c r="Y300" s="16"/>
       <c r="Z300" s="16"/>
       <c r="AA300" s="16"/>
       <c r="AB300" s="16"/>
       <c r="AC300" s="16"/>
       <c r="AD300" s="16"/>
@@ -28668,58 +28662,58 @@
       </c>
       <c r="B301" s="16" t="s">
         <v>1966</v>
       </c>
       <c r="C301" s="51" t="s">
         <v>2046</v>
       </c>
       <c r="D301" s="51" t="s">
         <v>1526</v>
       </c>
       <c r="E301" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F301" s="16">
         <v>48207</v>
       </c>
       <c r="G301" s="16" t="s">
         <v>48</v>
       </c>
       <c r="H301" s="19" t="s">
         <v>2047</v>
       </c>
       <c r="I301" s="20">
         <v>41250006510</v>
       </c>
-      <c r="J301" s="83" t="s">
+      <c r="J301" s="20" t="s">
         <v>2048</v>
       </c>
       <c r="K301" s="24"/>
       <c r="L301" s="51" t="s">
         <v>133</v>
       </c>
-      <c r="M301" s="89"/>
+      <c r="M301" s="84"/>
       <c r="N301" s="24"/>
       <c r="O301" s="24">
         <v>44461</v>
       </c>
       <c r="P301" s="24"/>
       <c r="Q301" s="16"/>
       <c r="R301" s="16"/>
       <c r="S301" s="16"/>
       <c r="T301" s="16"/>
       <c r="U301" s="16"/>
       <c r="V301" s="16"/>
       <c r="W301" s="16" t="s">
         <v>212</v>
       </c>
       <c r="X301" s="16"/>
       <c r="Y301" s="16"/>
       <c r="Z301" s="16"/>
       <c r="AA301" s="16"/>
       <c r="AB301" s="16"/>
       <c r="AC301" s="16"/>
       <c r="AD301" s="16"/>
       <c r="AE301" s="16"/>
       <c r="AF301" s="16"/>
     </row>
     <row r="302" spans="1:33" s="12" customFormat="1" x14ac:dyDescent="0.25">
@@ -28728,56 +28722,56 @@
       </c>
       <c r="B302" s="16" t="s">
         <v>1966</v>
       </c>
       <c r="C302" s="51" t="s">
         <v>2049</v>
       </c>
       <c r="D302" s="51" t="s">
         <v>80</v>
       </c>
       <c r="E302" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F302" s="16">
         <v>48912</v>
       </c>
       <c r="G302" s="16" t="s">
         <v>48</v>
       </c>
       <c r="H302" s="52" t="s">
         <v>2050</v>
       </c>
       <c r="I302" s="20">
         <v>41250006527</v>
       </c>
-      <c r="J302" s="83" t="s">
+      <c r="J302" s="20" t="s">
         <v>2051</v>
       </c>
       <c r="K302" s="24"/>
       <c r="L302" s="51"/>
-      <c r="M302" s="89" t="s">
+      <c r="M302" s="84" t="s">
         <v>2052</v>
       </c>
       <c r="N302" s="24"/>
       <c r="O302" s="24">
         <v>44118</v>
       </c>
       <c r="P302" s="24"/>
       <c r="Q302" s="16"/>
       <c r="R302" s="16"/>
       <c r="S302" s="16"/>
       <c r="T302" s="16"/>
       <c r="U302" s="16"/>
       <c r="V302" s="16" t="s">
         <v>212</v>
       </c>
       <c r="W302" s="16"/>
       <c r="X302" s="16"/>
       <c r="Y302" s="16"/>
       <c r="Z302" s="16"/>
       <c r="AA302" s="16"/>
       <c r="AB302" s="16"/>
       <c r="AC302" s="16"/>
       <c r="AD302" s="16"/>
       <c r="AE302" s="16"/>
       <c r="AF302" s="16"/>
@@ -28788,58 +28782,58 @@
       </c>
       <c r="B303" s="16" t="s">
         <v>1966</v>
       </c>
       <c r="C303" s="51" t="s">
         <v>2053</v>
       </c>
       <c r="D303" s="51" t="s">
         <v>146</v>
       </c>
       <c r="E303" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F303" s="16">
         <v>48073</v>
       </c>
       <c r="G303" s="16" t="s">
         <v>48</v>
       </c>
       <c r="H303" s="52" t="s">
         <v>2054</v>
       </c>
       <c r="I303" s="20">
         <v>41250006534</v>
       </c>
-      <c r="J303" s="83" t="s">
+      <c r="J303" s="20" t="s">
         <v>2055</v>
       </c>
       <c r="K303" s="24"/>
       <c r="L303" s="51" t="s">
         <v>150</v>
       </c>
-      <c r="M303" s="89" t="s">
+      <c r="M303" s="84" t="s">
         <v>2056</v>
       </c>
       <c r="N303" s="24"/>
       <c r="O303" s="24">
         <v>43859</v>
       </c>
       <c r="P303" s="24"/>
       <c r="Q303" s="16"/>
       <c r="R303" s="16"/>
       <c r="S303" s="16"/>
       <c r="T303" s="16"/>
       <c r="U303" s="16"/>
       <c r="V303" s="16"/>
       <c r="W303" s="16" t="s">
         <v>212</v>
       </c>
       <c r="X303" s="16"/>
       <c r="Y303" s="16"/>
       <c r="Z303" s="16"/>
       <c r="AA303" s="16"/>
       <c r="AB303" s="16"/>
       <c r="AC303" s="16"/>
       <c r="AD303" s="16"/>
       <c r="AE303" s="16"/>
       <c r="AF303" s="16"/>
@@ -28848,56 +28842,56 @@
       <c r="A304" s="16">
         <v>664</v>
       </c>
       <c r="B304" s="16" t="s">
         <v>1966</v>
       </c>
       <c r="C304" s="51" t="s">
         <v>2057</v>
       </c>
       <c r="D304" s="51" t="s">
         <v>2058</v>
       </c>
       <c r="E304" s="24" t="s">
         <v>237</v>
       </c>
       <c r="F304" s="16">
         <v>44106</v>
       </c>
       <c r="G304" s="16"/>
       <c r="H304" s="52" t="s">
         <v>2059</v>
       </c>
       <c r="I304" s="20">
         <v>41250006640</v>
       </c>
-      <c r="J304" s="83" t="s">
+      <c r="J304" s="20" t="s">
         <v>2158</v>
       </c>
       <c r="K304" s="24"/>
       <c r="L304" s="51"/>
-      <c r="M304" s="89"/>
+      <c r="M304" s="84"/>
       <c r="N304" s="24"/>
       <c r="O304" s="24">
         <v>44955</v>
       </c>
       <c r="P304" s="24"/>
       <c r="Q304" s="16"/>
       <c r="R304" s="16"/>
       <c r="S304" s="16"/>
       <c r="T304" s="16"/>
       <c r="U304" s="16"/>
       <c r="V304" s="16"/>
       <c r="W304" s="16" t="s">
         <v>212</v>
       </c>
       <c r="X304" s="16"/>
       <c r="Y304" s="16"/>
       <c r="Z304" s="16"/>
       <c r="AA304" s="16"/>
       <c r="AB304" s="16"/>
       <c r="AC304" s="16"/>
       <c r="AD304" s="16"/>
       <c r="AE304" s="16"/>
       <c r="AF304" s="16"/>
     </row>
     <row r="305" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
@@ -28906,58 +28900,58 @@
       </c>
       <c r="B305" s="16" t="s">
         <v>2060</v>
       </c>
       <c r="C305" s="51" t="s">
         <v>2061</v>
       </c>
       <c r="D305" s="51" t="s">
         <v>2062</v>
       </c>
       <c r="E305" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F305" s="16">
         <v>48360</v>
       </c>
       <c r="G305" s="16" t="s">
         <v>48</v>
       </c>
       <c r="H305" s="52" t="s">
         <v>2063</v>
       </c>
       <c r="I305" s="20">
         <v>41250006800</v>
       </c>
-      <c r="J305" s="83" t="s">
+      <c r="J305" s="20" t="s">
         <v>2064</v>
       </c>
       <c r="K305" s="24"/>
       <c r="L305" s="51" t="s">
         <v>150</v>
       </c>
-      <c r="M305" s="89" t="s">
+      <c r="M305" s="84" t="s">
         <v>2065</v>
       </c>
       <c r="N305" s="24"/>
       <c r="O305" s="24">
         <v>44955</v>
       </c>
       <c r="P305" s="24"/>
       <c r="Q305" s="16"/>
       <c r="R305" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S305" s="16"/>
       <c r="T305" s="16"/>
       <c r="U305" s="16"/>
       <c r="V305" s="16"/>
       <c r="W305" s="16" t="s">
         <v>45</v>
       </c>
       <c r="X305" s="16"/>
       <c r="Y305" s="16"/>
       <c r="Z305" s="16"/>
       <c r="AA305" s="16" t="s">
         <v>45</v>
       </c>
       <c r="AB305" s="16"/>
@@ -28974,58 +28968,58 @@
       </c>
       <c r="B306" s="16" t="s">
         <v>2060</v>
       </c>
       <c r="C306" s="51" t="s">
         <v>2066</v>
       </c>
       <c r="D306" s="51" t="s">
         <v>2067</v>
       </c>
       <c r="E306" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F306" s="16">
         <v>48042</v>
       </c>
       <c r="G306" s="17" t="s">
         <v>2068</v>
       </c>
       <c r="H306" s="52" t="s">
         <v>2069</v>
       </c>
       <c r="I306" s="20">
         <v>41250006817</v>
       </c>
-      <c r="J306" s="83" t="s">
+      <c r="J306" s="20" t="s">
         <v>2070</v>
       </c>
       <c r="K306" s="24"/>
       <c r="L306" s="51" t="s">
         <v>271</v>
       </c>
-      <c r="M306" s="89" t="s">
+      <c r="M306" s="84" t="s">
         <v>2071</v>
       </c>
       <c r="N306" s="24"/>
       <c r="O306" s="24">
         <v>44955</v>
       </c>
       <c r="P306" s="24"/>
       <c r="Q306" s="16"/>
       <c r="R306" s="16" t="s">
         <v>45</v>
       </c>
       <c r="S306" s="16"/>
       <c r="T306" s="16"/>
       <c r="U306" s="16"/>
       <c r="V306" s="16"/>
       <c r="W306" s="16" t="s">
         <v>45</v>
       </c>
       <c r="X306" s="16"/>
       <c r="Y306" s="16"/>
       <c r="Z306" s="16"/>
       <c r="AA306" s="16" t="s">
         <v>45</v>
       </c>
       <c r="AB306" s="16"/>
@@ -29042,56 +29036,56 @@
       </c>
       <c r="B307" s="16" t="s">
         <v>2060</v>
       </c>
       <c r="C307" s="51" t="s">
         <v>2072</v>
       </c>
       <c r="D307" s="44" t="s">
         <v>2073</v>
       </c>
       <c r="E307" s="24" t="s">
         <v>540</v>
       </c>
       <c r="F307" s="16">
         <v>46062</v>
       </c>
       <c r="G307" s="24" t="s">
         <v>48</v>
       </c>
       <c r="H307" s="52" t="s">
         <v>2074</v>
       </c>
       <c r="I307" s="20">
         <v>41250006824</v>
       </c>
-      <c r="J307" s="83" t="s">
+      <c r="J307" s="20" t="s">
         <v>2175</v>
       </c>
       <c r="K307" s="24"/>
       <c r="L307" s="51"/>
-      <c r="M307" s="89"/>
+      <c r="M307" s="84"/>
       <c r="N307" s="24"/>
       <c r="O307" s="24">
         <v>45474</v>
       </c>
       <c r="P307" s="24"/>
       <c r="Q307" s="16"/>
       <c r="R307" s="16"/>
       <c r="S307" s="16"/>
       <c r="T307" s="16" t="s">
         <v>45</v>
       </c>
       <c r="U307" s="16"/>
       <c r="V307" s="16"/>
       <c r="W307" s="16"/>
       <c r="X307" s="16"/>
       <c r="Y307" s="16" t="s">
         <v>212</v>
       </c>
       <c r="Z307" s="16"/>
       <c r="AA307" s="16"/>
       <c r="AB307" s="16" t="s">
         <v>45</v>
       </c>
       <c r="AC307" s="16"/>
       <c r="AD307" s="16"/>
@@ -29102,51 +29096,51 @@
       <c r="A308" s="16">
         <v>801</v>
       </c>
       <c r="B308" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C308" s="17" t="s">
         <v>2075</v>
       </c>
       <c r="D308" s="17" t="s">
         <v>2002</v>
       </c>
       <c r="E308" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F308" s="16">
         <v>45371</v>
       </c>
       <c r="G308" s="18"/>
       <c r="H308" s="74" t="s">
         <v>2076</v>
       </c>
       <c r="I308" s="20">
         <v>41250008019</v>
       </c>
-      <c r="J308" s="83" t="s">
+      <c r="J308" s="20" t="s">
         <v>2077</v>
       </c>
       <c r="K308" s="18"/>
       <c r="L308" s="21" t="s">
         <v>488</v>
       </c>
       <c r="M308" s="22" t="s">
         <v>2078</v>
       </c>
       <c r="N308" s="22"/>
       <c r="O308" s="22"/>
       <c r="P308" s="21"/>
       <c r="Q308" s="16"/>
       <c r="R308" s="16"/>
       <c r="S308" s="16"/>
       <c r="T308" s="16"/>
       <c r="U308" s="16"/>
       <c r="V308" s="16"/>
       <c r="W308" s="16"/>
       <c r="X308" s="16"/>
       <c r="Y308" s="16"/>
       <c r="Z308" s="16"/>
       <c r="AA308" s="16"/>
       <c r="AB308" s="16"/>
       <c r="AC308" s="16"/>
@@ -29158,51 +29152,51 @@
       <c r="A309" s="16">
         <v>802</v>
       </c>
       <c r="B309" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C309" s="17" t="s">
         <v>2001</v>
       </c>
       <c r="D309" s="17" t="s">
         <v>2002</v>
       </c>
       <c r="E309" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F309" s="16">
         <v>45371</v>
       </c>
       <c r="G309" s="18"/>
       <c r="H309" s="19" t="s">
         <v>2079</v>
       </c>
       <c r="I309" s="20">
         <v>41250008026</v>
       </c>
-      <c r="J309" s="83" t="s">
+      <c r="J309" s="20" t="s">
         <v>2080</v>
       </c>
       <c r="K309" s="18"/>
       <c r="L309" s="21" t="s">
         <v>488</v>
       </c>
       <c r="M309" s="22" t="s">
         <v>2078</v>
       </c>
       <c r="N309" s="22"/>
       <c r="O309" s="22"/>
       <c r="P309" s="21"/>
       <c r="Q309" s="16"/>
       <c r="R309" s="16"/>
       <c r="S309" s="16"/>
       <c r="T309" s="16"/>
       <c r="U309" s="16"/>
       <c r="V309" s="16"/>
       <c r="W309" s="16"/>
       <c r="X309" s="16"/>
       <c r="Y309" s="16"/>
       <c r="Z309" s="16"/>
       <c r="AA309" s="16"/>
       <c r="AB309" s="16"/>
       <c r="AC309" s="16"/>
@@ -29214,51 +29208,51 @@
       <c r="A310" s="16">
         <v>804</v>
       </c>
       <c r="B310" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C310" s="17" t="s">
         <v>2081</v>
       </c>
       <c r="D310" s="17" t="s">
         <v>2002</v>
       </c>
       <c r="E310" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F310" s="16">
         <v>45371</v>
       </c>
       <c r="G310" s="18"/>
       <c r="H310" s="19" t="s">
         <v>2082</v>
       </c>
       <c r="I310" s="20">
         <v>41250008040</v>
       </c>
-      <c r="J310" s="83" t="s">
+      <c r="J310" s="20" t="s">
         <v>2083</v>
       </c>
       <c r="K310" s="18"/>
       <c r="L310" s="21" t="s">
         <v>488</v>
       </c>
       <c r="M310" s="22" t="s">
         <v>2078</v>
       </c>
       <c r="N310" s="22"/>
       <c r="O310" s="22"/>
       <c r="P310" s="21"/>
       <c r="Q310" s="16"/>
       <c r="R310" s="16"/>
       <c r="S310" s="16"/>
       <c r="T310" s="16"/>
       <c r="U310" s="16"/>
       <c r="V310" s="16"/>
       <c r="W310" s="16"/>
       <c r="X310" s="16"/>
       <c r="Y310" s="16"/>
       <c r="Z310" s="16"/>
       <c r="AA310" s="16"/>
       <c r="AB310" s="16"/>
       <c r="AC310" s="16"/>
@@ -29270,51 +29264,51 @@
       <c r="A311" s="16">
         <v>805</v>
       </c>
       <c r="B311" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C311" s="17" t="s">
         <v>2084</v>
       </c>
       <c r="D311" s="17" t="s">
         <v>2002</v>
       </c>
       <c r="E311" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F311" s="16">
         <v>45371</v>
       </c>
       <c r="G311" s="18"/>
       <c r="H311" s="19" t="s">
         <v>2085</v>
       </c>
       <c r="I311" s="20">
         <v>41250008057</v>
       </c>
-      <c r="J311" s="83" t="s">
+      <c r="J311" s="20" t="s">
         <v>2086</v>
       </c>
       <c r="K311" s="18"/>
       <c r="L311" s="21" t="s">
         <v>488</v>
       </c>
       <c r="M311" s="22" t="s">
         <v>2078</v>
       </c>
       <c r="N311" s="22"/>
       <c r="O311" s="22"/>
       <c r="P311" s="21"/>
       <c r="Q311" s="16"/>
       <c r="R311" s="16"/>
       <c r="S311" s="16"/>
       <c r="T311" s="16"/>
       <c r="U311" s="16"/>
       <c r="V311" s="16"/>
       <c r="W311" s="16"/>
       <c r="X311" s="16"/>
       <c r="Y311" s="16"/>
       <c r="Z311" s="16"/>
       <c r="AA311" s="16"/>
       <c r="AB311" s="16"/>
       <c r="AC311" s="16"/>
@@ -29326,51 +29320,51 @@
       <c r="A312" s="53">
         <v>807</v>
       </c>
       <c r="B312" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C312" s="70" t="s">
         <v>2087</v>
       </c>
       <c r="D312" s="17" t="s">
         <v>2002</v>
       </c>
       <c r="E312" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F312" s="16">
         <v>45371</v>
       </c>
       <c r="G312" s="18"/>
       <c r="H312" s="19" t="s">
         <v>2088</v>
       </c>
       <c r="I312" s="20">
         <v>41250008071</v>
       </c>
-      <c r="J312" s="83" t="s">
+      <c r="J312" s="20" t="s">
         <v>2089</v>
       </c>
       <c r="K312" s="18"/>
       <c r="L312" s="21" t="s">
         <v>488</v>
       </c>
       <c r="M312" s="22"/>
       <c r="N312" s="22"/>
       <c r="O312" s="22">
         <v>2022</v>
       </c>
       <c r="P312" s="21"/>
       <c r="Q312" s="16"/>
       <c r="R312" s="16"/>
       <c r="S312" s="16"/>
       <c r="T312" s="16"/>
       <c r="U312" s="16"/>
       <c r="V312" s="16"/>
       <c r="W312" s="16"/>
       <c r="X312" s="16"/>
       <c r="Y312" s="16"/>
       <c r="Z312" s="16"/>
       <c r="AA312" s="16"/>
       <c r="AB312" s="16"/>
       <c r="AC312" s="16"/>
@@ -29382,51 +29376,51 @@
       <c r="A313" s="16">
         <v>810</v>
       </c>
       <c r="B313" s="16" t="s">
         <v>2090</v>
       </c>
       <c r="C313" s="17" t="s">
         <v>2091</v>
       </c>
       <c r="D313" s="18" t="s">
         <v>214</v>
       </c>
       <c r="E313" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F313" s="16">
         <v>49424</v>
       </c>
       <c r="G313" s="18"/>
       <c r="H313" s="19" t="s">
         <v>2092</v>
       </c>
       <c r="I313" s="49">
         <v>41250008101</v>
       </c>
-      <c r="J313" s="83" t="s">
+      <c r="J313" s="20" t="s">
         <v>2159</v>
       </c>
       <c r="K313" s="18"/>
       <c r="L313" s="21" t="s">
         <v>101</v>
       </c>
       <c r="M313" s="22" t="s">
         <v>2093</v>
       </c>
       <c r="N313" s="22"/>
       <c r="O313" s="22"/>
       <c r="P313" s="21"/>
       <c r="Q313" s="16"/>
       <c r="R313" s="16"/>
       <c r="S313" s="16"/>
       <c r="T313" s="16"/>
       <c r="U313" s="16"/>
       <c r="V313" s="16"/>
       <c r="W313" s="16"/>
       <c r="X313" s="16"/>
       <c r="Y313" s="16"/>
       <c r="Z313" s="16"/>
       <c r="AA313" s="16"/>
       <c r="AB313" s="16"/>
       <c r="AC313" s="16"/>
@@ -29438,51 +29432,51 @@
       <c r="A314" s="16">
         <v>812</v>
       </c>
       <c r="B314" s="16" t="s">
         <v>2090</v>
       </c>
       <c r="C314" s="17" t="s">
         <v>2094</v>
       </c>
       <c r="D314" s="18" t="s">
         <v>2002</v>
       </c>
       <c r="E314" s="16" t="s">
         <v>237</v>
       </c>
       <c r="F314" s="16">
         <v>45371</v>
       </c>
       <c r="G314" s="18"/>
       <c r="H314" s="19" t="s">
         <v>2095</v>
       </c>
       <c r="I314" s="49">
         <v>41250008125</v>
       </c>
-      <c r="J314" s="83" t="s">
+      <c r="J314" s="20" t="s">
         <v>2160</v>
       </c>
       <c r="K314" s="18"/>
       <c r="L314" s="21" t="s">
         <v>488</v>
       </c>
       <c r="M314" s="22"/>
       <c r="N314" s="22"/>
       <c r="O314" s="22"/>
       <c r="P314" s="21"/>
       <c r="Q314" s="16"/>
       <c r="R314" s="16"/>
       <c r="S314" s="16"/>
       <c r="T314" s="16"/>
       <c r="U314" s="16"/>
       <c r="V314" s="16"/>
       <c r="W314" s="16"/>
       <c r="X314" s="16"/>
       <c r="Y314" s="16"/>
       <c r="Z314" s="16"/>
       <c r="AA314" s="16"/>
       <c r="AB314" s="16"/>
       <c r="AC314" s="16"/>
       <c r="AD314" s="16"/>
       <c r="AE314" s="16"/>
@@ -29492,51 +29486,51 @@
       <c r="A315" s="16">
         <v>816</v>
       </c>
       <c r="B315" s="16" t="s">
         <v>2090</v>
       </c>
       <c r="C315" s="17" t="s">
         <v>2096</v>
       </c>
       <c r="D315" s="18" t="s">
         <v>1257</v>
       </c>
       <c r="E315" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F315" s="16">
         <v>49418</v>
       </c>
       <c r="G315" s="18"/>
       <c r="H315" s="19" t="s">
         <v>2097</v>
       </c>
       <c r="I315" s="49">
         <v>41250008163</v>
       </c>
-      <c r="J315" s="83" t="s">
+      <c r="J315" s="20" t="s">
         <v>2161</v>
       </c>
       <c r="K315" s="18"/>
       <c r="L315" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M315" s="22" t="s">
         <v>2098</v>
       </c>
       <c r="N315" s="22"/>
       <c r="O315" s="22"/>
       <c r="P315" s="21"/>
       <c r="Q315" s="16"/>
       <c r="R315" s="16"/>
       <c r="S315" s="16"/>
       <c r="T315" s="16"/>
       <c r="U315" s="16"/>
       <c r="V315" s="16"/>
       <c r="W315" s="16"/>
       <c r="X315" s="16"/>
       <c r="Y315" s="16"/>
       <c r="Z315" s="16"/>
       <c r="AA315" s="16"/>
       <c r="AB315" s="16"/>
       <c r="AC315" s="16"/>
@@ -29548,51 +29542,51 @@
       <c r="A316" s="16">
         <v>855</v>
       </c>
       <c r="B316" s="16" t="s">
         <v>2090</v>
       </c>
       <c r="C316" s="17" t="s">
         <v>376</v>
       </c>
       <c r="D316" s="18" t="s">
         <v>80</v>
       </c>
       <c r="E316" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F316" s="16">
         <v>48917</v>
       </c>
       <c r="G316" s="18"/>
       <c r="H316" s="19" t="s">
         <v>2099</v>
       </c>
       <c r="I316" s="49">
         <v>41250008552</v>
       </c>
-      <c r="J316" s="83" t="s">
+      <c r="J316" s="20" t="s">
         <v>2162</v>
       </c>
       <c r="K316" s="18"/>
       <c r="L316" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M316" s="22" t="s">
         <v>2100</v>
       </c>
       <c r="N316" s="22"/>
       <c r="O316" s="22"/>
       <c r="P316" s="21"/>
       <c r="Q316" s="16"/>
       <c r="R316" s="16"/>
       <c r="S316" s="16"/>
       <c r="T316" s="16"/>
       <c r="U316" s="16"/>
       <c r="V316" s="16"/>
       <c r="W316" s="16"/>
       <c r="X316" s="16"/>
       <c r="Y316" s="16"/>
       <c r="Z316" s="16"/>
       <c r="AA316" s="16"/>
       <c r="AB316" s="16"/>
       <c r="AC316" s="16"/>
@@ -29604,51 +29598,51 @@
       <c r="A317" s="16">
         <v>860</v>
       </c>
       <c r="B317" s="16" t="s">
         <v>2090</v>
       </c>
       <c r="C317" s="17" t="s">
         <v>2101</v>
       </c>
       <c r="D317" s="18" t="s">
         <v>2102</v>
       </c>
       <c r="E317" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F317" s="16">
         <v>46540</v>
       </c>
       <c r="G317" s="18"/>
       <c r="H317" s="19" t="s">
         <v>2103</v>
       </c>
       <c r="I317" s="49">
         <v>41250008606</v>
       </c>
-      <c r="J317" s="83" t="s">
+      <c r="J317" s="20" t="s">
         <v>2163</v>
       </c>
       <c r="K317" s="18"/>
       <c r="L317" s="21" t="s">
         <v>593</v>
       </c>
       <c r="M317" s="22" t="s">
         <v>2104</v>
       </c>
       <c r="N317" s="22"/>
       <c r="O317" s="22"/>
       <c r="P317" s="21"/>
       <c r="Q317" s="16"/>
       <c r="R317" s="16"/>
       <c r="S317" s="16"/>
       <c r="T317" s="16"/>
       <c r="U317" s="16"/>
       <c r="V317" s="16"/>
       <c r="W317" s="16"/>
       <c r="X317" s="16"/>
       <c r="Y317" s="16"/>
       <c r="Z317" s="16"/>
       <c r="AA317" s="16"/>
       <c r="AB317" s="16"/>
       <c r="AC317" s="16"/>
@@ -29660,51 +29654,51 @@
       <c r="A318" s="16">
         <v>862</v>
       </c>
       <c r="B318" s="16" t="s">
         <v>2090</v>
       </c>
       <c r="C318" s="17" t="s">
         <v>2101</v>
       </c>
       <c r="D318" s="18" t="s">
         <v>2102</v>
       </c>
       <c r="E318" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F318" s="16">
         <v>46540</v>
       </c>
       <c r="G318" s="18"/>
       <c r="H318" s="19" t="s">
         <v>2105</v>
       </c>
       <c r="I318" s="49">
         <v>41250008620</v>
       </c>
-      <c r="J318" s="83" t="s">
+      <c r="J318" s="20" t="s">
         <v>2164</v>
       </c>
       <c r="K318" s="18"/>
       <c r="L318" s="21" t="s">
         <v>593</v>
       </c>
       <c r="M318" s="22" t="s">
         <v>2106</v>
       </c>
       <c r="N318" s="22"/>
       <c r="O318" s="22"/>
       <c r="P318" s="21"/>
       <c r="Q318" s="16"/>
       <c r="R318" s="16"/>
       <c r="S318" s="16"/>
       <c r="T318" s="16"/>
       <c r="U318" s="16"/>
       <c r="V318" s="16"/>
       <c r="W318" s="16"/>
       <c r="X318" s="16"/>
       <c r="Y318" s="16"/>
       <c r="Z318" s="16"/>
       <c r="AA318" s="16"/>
       <c r="AB318" s="16"/>
       <c r="AC318" s="16"/>
@@ -29716,51 +29710,51 @@
       <c r="A319" s="16">
         <v>863</v>
       </c>
       <c r="B319" s="16" t="s">
         <v>2090</v>
       </c>
       <c r="C319" s="17" t="s">
         <v>2101</v>
       </c>
       <c r="D319" s="18" t="s">
         <v>2102</v>
       </c>
       <c r="E319" s="16" t="s">
         <v>540</v>
       </c>
       <c r="F319" s="16">
         <v>46540</v>
       </c>
       <c r="G319" s="18"/>
       <c r="H319" s="19" t="s">
         <v>2107</v>
       </c>
       <c r="I319" s="49">
         <v>41250008637</v>
       </c>
-      <c r="J319" s="83" t="s">
+      <c r="J319" s="20" t="s">
         <v>2165</v>
       </c>
       <c r="K319" s="18"/>
       <c r="L319" s="21" t="s">
         <v>593</v>
       </c>
       <c r="M319" s="22" t="s">
         <v>2106</v>
       </c>
       <c r="N319" s="22"/>
       <c r="O319" s="22"/>
       <c r="P319" s="21"/>
       <c r="Q319" s="16"/>
       <c r="R319" s="16"/>
       <c r="S319" s="16"/>
       <c r="T319" s="16"/>
       <c r="U319" s="16"/>
       <c r="V319" s="16"/>
       <c r="W319" s="16"/>
       <c r="X319" s="16"/>
       <c r="Y319" s="16"/>
       <c r="Z319" s="16"/>
       <c r="AA319" s="16"/>
       <c r="AB319" s="16"/>
       <c r="AC319" s="16"/>
@@ -29772,51 +29766,51 @@
       <c r="A320" s="16">
         <v>870</v>
       </c>
       <c r="B320" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C320" s="17" t="s">
         <v>2108</v>
       </c>
       <c r="D320" s="17" t="s">
         <v>2109</v>
       </c>
       <c r="E320" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F320" s="16">
         <v>53158</v>
       </c>
       <c r="G320" s="18"/>
       <c r="H320" s="19" t="s">
         <v>2110</v>
       </c>
       <c r="I320" s="20">
         <v>41250008705</v>
       </c>
-      <c r="J320" s="83" t="s">
+      <c r="J320" s="20" t="s">
         <v>2111</v>
       </c>
       <c r="K320" s="18"/>
       <c r="L320" s="21" t="s">
         <v>1645</v>
       </c>
       <c r="M320" s="22" t="s">
         <v>2112</v>
       </c>
       <c r="N320" s="22"/>
       <c r="O320" s="22"/>
       <c r="P320" s="21"/>
       <c r="Q320" s="16"/>
       <c r="R320" s="16"/>
       <c r="S320" s="16"/>
       <c r="T320" s="16"/>
       <c r="U320" s="16"/>
       <c r="V320" s="16"/>
       <c r="W320" s="16"/>
       <c r="X320" s="16"/>
       <c r="Y320" s="16"/>
       <c r="Z320" s="16"/>
       <c r="AA320" s="16"/>
       <c r="AB320" s="16"/>
       <c r="AC320" s="16"/>
@@ -29828,51 +29822,51 @@
       <c r="A321" s="16">
         <v>871</v>
       </c>
       <c r="B321" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C321" s="17" t="s">
         <v>2113</v>
       </c>
       <c r="D321" s="17" t="s">
         <v>2109</v>
       </c>
       <c r="E321" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F321" s="16">
         <v>53158</v>
       </c>
       <c r="G321" s="18"/>
       <c r="H321" s="19" t="s">
         <v>2114</v>
       </c>
       <c r="I321" s="20">
         <v>41250008712</v>
       </c>
-      <c r="J321" s="83" t="s">
+      <c r="J321" s="20" t="s">
         <v>2115</v>
       </c>
       <c r="K321" s="18"/>
       <c r="L321" s="21" t="s">
         <v>1645</v>
       </c>
       <c r="M321" s="22" t="s">
         <v>2116</v>
       </c>
       <c r="N321" s="22"/>
       <c r="O321" s="22"/>
       <c r="P321" s="21"/>
       <c r="Q321" s="16"/>
       <c r="R321" s="16"/>
       <c r="S321" s="16"/>
       <c r="T321" s="16"/>
       <c r="U321" s="16"/>
       <c r="V321" s="16"/>
       <c r="W321" s="16"/>
       <c r="X321" s="16"/>
       <c r="Y321" s="16"/>
       <c r="Z321" s="16"/>
       <c r="AA321" s="16"/>
       <c r="AB321" s="16"/>
       <c r="AC321" s="16"/>
@@ -29884,51 +29878,51 @@
       <c r="A322" s="16">
         <v>872</v>
       </c>
       <c r="B322" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C322" s="17" t="s">
         <v>2113</v>
       </c>
       <c r="D322" s="17" t="s">
         <v>2109</v>
       </c>
       <c r="E322" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F322" s="16">
         <v>53158</v>
       </c>
       <c r="G322" s="18"/>
       <c r="H322" s="19" t="s">
         <v>2117</v>
       </c>
       <c r="I322" s="20">
         <v>41250008729</v>
       </c>
-      <c r="J322" s="83" t="s">
+      <c r="J322" s="20" t="s">
         <v>2118</v>
       </c>
       <c r="K322" s="18"/>
       <c r="L322" s="21" t="s">
         <v>1645</v>
       </c>
       <c r="M322" s="22" t="s">
         <v>2119</v>
       </c>
       <c r="N322" s="22"/>
       <c r="O322" s="22"/>
       <c r="P322" s="21"/>
       <c r="Q322" s="16"/>
       <c r="R322" s="16"/>
       <c r="S322" s="16"/>
       <c r="T322" s="16"/>
       <c r="U322" s="16"/>
       <c r="V322" s="16"/>
       <c r="W322" s="16"/>
       <c r="X322" s="16"/>
       <c r="Y322" s="16"/>
       <c r="Z322" s="16"/>
       <c r="AA322" s="16"/>
       <c r="AB322" s="16"/>
       <c r="AC322" s="16"/>
@@ -29940,51 +29934,51 @@
       <c r="A323" s="16">
         <v>879</v>
       </c>
       <c r="B323" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C323" s="17" t="s">
         <v>2113</v>
       </c>
       <c r="D323" s="17" t="s">
         <v>2109</v>
       </c>
       <c r="E323" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="F323" s="16">
         <v>53158</v>
       </c>
       <c r="G323" s="18"/>
       <c r="H323" s="19" t="s">
         <v>2120</v>
       </c>
       <c r="I323" s="20">
         <v>41250008798</v>
       </c>
-      <c r="J323" s="83" t="s">
+      <c r="J323" s="20" t="s">
         <v>2121</v>
       </c>
       <c r="K323" s="18"/>
       <c r="L323" s="21" t="s">
         <v>1645</v>
       </c>
       <c r="M323" s="22" t="s">
         <v>2122</v>
       </c>
       <c r="N323" s="22"/>
       <c r="O323" s="22"/>
       <c r="P323" s="21"/>
       <c r="Q323" s="16"/>
       <c r="R323" s="16"/>
       <c r="S323" s="16"/>
       <c r="T323" s="16"/>
       <c r="U323" s="16"/>
       <c r="V323" s="16"/>
       <c r="W323" s="16"/>
       <c r="X323" s="16"/>
       <c r="Y323" s="16"/>
       <c r="Z323" s="16"/>
       <c r="AA323" s="16"/>
       <c r="AB323" s="16"/>
       <c r="AC323" s="16"/>
@@ -29996,51 +29990,51 @@
       <c r="A324" s="16">
         <v>880</v>
       </c>
       <c r="B324" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C324" s="17" t="s">
         <v>2123</v>
       </c>
       <c r="D324" s="17" t="s">
         <v>2124</v>
       </c>
       <c r="E324" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F324" s="16">
         <v>48166</v>
       </c>
       <c r="G324" s="18"/>
       <c r="H324" s="19" t="s">
         <v>2125</v>
       </c>
       <c r="I324" s="20">
         <v>41250008804</v>
       </c>
-      <c r="J324" s="83" t="s">
+      <c r="J324" s="20" t="s">
         <v>2126</v>
       </c>
       <c r="K324" s="18"/>
       <c r="L324" s="21" t="s">
         <v>330</v>
       </c>
       <c r="M324" s="22" t="s">
         <v>2127</v>
       </c>
       <c r="N324" s="22"/>
       <c r="O324" s="22"/>
       <c r="P324" s="21"/>
       <c r="Q324" s="16"/>
       <c r="R324" s="16"/>
       <c r="S324" s="16"/>
       <c r="T324" s="16"/>
       <c r="U324" s="16"/>
       <c r="V324" s="16"/>
       <c r="W324" s="16"/>
       <c r="X324" s="16"/>
       <c r="Y324" s="16"/>
       <c r="Z324" s="16"/>
       <c r="AA324" s="16"/>
       <c r="AB324" s="16"/>
       <c r="AC324" s="16"/>
@@ -30052,51 +30046,51 @@
       <c r="A325" s="16">
         <v>881</v>
       </c>
       <c r="B325" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C325" s="17" t="s">
         <v>2123</v>
       </c>
       <c r="D325" s="17" t="s">
         <v>2124</v>
       </c>
       <c r="E325" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F325" s="16">
         <v>48166</v>
       </c>
       <c r="G325" s="18"/>
       <c r="H325" s="19" t="s">
         <v>2128</v>
       </c>
       <c r="I325" s="20">
         <v>41250008811</v>
       </c>
-      <c r="J325" s="83" t="s">
+      <c r="J325" s="20" t="s">
         <v>2129</v>
       </c>
       <c r="K325" s="18"/>
       <c r="L325" s="21" t="s">
         <v>330</v>
       </c>
       <c r="M325" s="22" t="s">
         <v>2127</v>
       </c>
       <c r="N325" s="22"/>
       <c r="O325" s="22"/>
       <c r="P325" s="21"/>
       <c r="Q325" s="16"/>
       <c r="R325" s="16"/>
       <c r="S325" s="16"/>
       <c r="T325" s="16"/>
       <c r="U325" s="16"/>
       <c r="V325" s="16"/>
       <c r="W325" s="16"/>
       <c r="X325" s="16"/>
       <c r="Y325" s="16"/>
       <c r="Z325" s="16"/>
       <c r="AA325" s="16"/>
       <c r="AB325" s="16"/>
       <c r="AC325" s="16"/>
@@ -30108,51 +30102,51 @@
       <c r="A326" s="16">
         <v>882</v>
       </c>
       <c r="B326" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C326" s="17" t="s">
         <v>2123</v>
       </c>
       <c r="D326" s="17" t="s">
         <v>2124</v>
       </c>
       <c r="E326" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F326" s="16">
         <v>48166</v>
       </c>
       <c r="G326" s="18"/>
       <c r="H326" s="19" t="s">
         <v>2130</v>
       </c>
       <c r="I326" s="20">
         <v>41250008828</v>
       </c>
-      <c r="J326" s="83" t="s">
+      <c r="J326" s="20" t="s">
         <v>2131</v>
       </c>
       <c r="K326" s="18"/>
       <c r="L326" s="21" t="s">
         <v>330</v>
       </c>
       <c r="M326" s="22" t="s">
         <v>2127</v>
       </c>
       <c r="N326" s="22"/>
       <c r="O326" s="22"/>
       <c r="P326" s="21"/>
       <c r="Q326" s="16"/>
       <c r="R326" s="16"/>
       <c r="S326" s="16"/>
       <c r="T326" s="16"/>
       <c r="U326" s="16"/>
       <c r="V326" s="16"/>
       <c r="W326" s="16"/>
       <c r="X326" s="16"/>
       <c r="Y326" s="16"/>
       <c r="Z326" s="16"/>
       <c r="AA326" s="16"/>
       <c r="AB326" s="16"/>
       <c r="AC326" s="16"/>
@@ -30164,51 +30158,51 @@
       <c r="A327" s="16">
         <v>883</v>
       </c>
       <c r="B327" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C327" s="17" t="s">
         <v>2123</v>
       </c>
       <c r="D327" s="17" t="s">
         <v>2124</v>
       </c>
       <c r="E327" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F327" s="16">
         <v>48166</v>
       </c>
       <c r="G327" s="18"/>
       <c r="H327" s="19" t="s">
         <v>2132</v>
       </c>
       <c r="I327" s="20">
         <v>41250008835</v>
       </c>
-      <c r="J327" s="83" t="s">
+      <c r="J327" s="20" t="s">
         <v>2133</v>
       </c>
       <c r="K327" s="18"/>
       <c r="L327" s="21" t="s">
         <v>330</v>
       </c>
       <c r="M327" s="22" t="s">
         <v>2127</v>
       </c>
       <c r="N327" s="22"/>
       <c r="O327" s="22"/>
       <c r="P327" s="21"/>
       <c r="Q327" s="16"/>
       <c r="R327" s="16"/>
       <c r="S327" s="16"/>
       <c r="T327" s="16"/>
       <c r="U327" s="16"/>
       <c r="V327" s="16"/>
       <c r="W327" s="16"/>
       <c r="X327" s="16"/>
       <c r="Y327" s="16"/>
       <c r="Z327" s="16"/>
       <c r="AA327" s="16"/>
       <c r="AB327" s="16"/>
       <c r="AC327" s="16"/>
@@ -30220,51 +30214,51 @@
       <c r="A328" s="16">
         <v>888</v>
       </c>
       <c r="B328" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C328" s="17" t="s">
         <v>2123</v>
       </c>
       <c r="D328" s="17" t="s">
         <v>2124</v>
       </c>
       <c r="E328" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F328" s="16">
         <v>48166</v>
       </c>
       <c r="G328" s="18"/>
       <c r="H328" s="19" t="s">
         <v>2134</v>
       </c>
       <c r="I328" s="20">
         <v>41250008880</v>
       </c>
-      <c r="J328" s="83" t="s">
+      <c r="J328" s="20" t="s">
         <v>2135</v>
       </c>
       <c r="K328" s="18"/>
       <c r="L328" s="21" t="s">
         <v>330</v>
       </c>
       <c r="M328" s="22" t="s">
         <v>2127</v>
       </c>
       <c r="N328" s="22"/>
       <c r="O328" s="22"/>
       <c r="P328" s="21"/>
       <c r="Q328" s="16"/>
       <c r="R328" s="16"/>
       <c r="S328" s="16"/>
       <c r="T328" s="16"/>
       <c r="U328" s="16"/>
       <c r="V328" s="16"/>
       <c r="W328" s="16"/>
       <c r="X328" s="16"/>
       <c r="Y328" s="16"/>
       <c r="Z328" s="16"/>
       <c r="AA328" s="16"/>
       <c r="AB328" s="16"/>
       <c r="AC328" s="16"/>
@@ -30276,51 +30270,51 @@
       <c r="A329" s="16">
         <v>971</v>
       </c>
       <c r="B329" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C329" s="17" t="s">
         <v>2136</v>
       </c>
       <c r="D329" s="17" t="s">
         <v>80</v>
       </c>
       <c r="E329" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F329" s="16">
         <v>48917</v>
       </c>
       <c r="G329" s="18"/>
       <c r="H329" s="19" t="s">
         <v>2137</v>
       </c>
       <c r="I329" s="20">
         <v>41250009214</v>
       </c>
-      <c r="J329" s="83" t="s">
+      <c r="J329" s="20" t="s">
         <v>2138</v>
       </c>
       <c r="K329" s="18"/>
       <c r="L329" s="21" t="s">
         <v>85</v>
       </c>
       <c r="M329" s="22" t="s">
         <v>2139</v>
       </c>
       <c r="N329" s="22"/>
       <c r="O329" s="22"/>
       <c r="P329" s="21"/>
       <c r="Q329" s="16"/>
       <c r="R329" s="16"/>
       <c r="S329" s="16"/>
       <c r="T329" s="16"/>
       <c r="U329" s="16"/>
       <c r="V329" s="16"/>
       <c r="W329" s="16"/>
       <c r="X329" s="16"/>
       <c r="Y329" s="16"/>
       <c r="Z329" s="16"/>
       <c r="AA329" s="16"/>
       <c r="AB329" s="16"/>
       <c r="AC329" s="16"/>
@@ -30330,151 +30324,151 @@
     </row>
     <row r="330" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A330" s="16">
         <v>973</v>
       </c>
       <c r="B330" s="16" t="s">
         <v>2140</v>
       </c>
       <c r="C330" s="17" t="s">
         <v>2141</v>
       </c>
       <c r="D330" s="18" t="s">
         <v>60</v>
       </c>
       <c r="E330" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F330" s="16">
         <v>49503</v>
       </c>
       <c r="G330" s="18"/>
       <c r="H330" s="19" t="s">
         <v>2142</v>
       </c>
       <c r="I330" s="48"/>
-      <c r="J330" s="85"/>
+      <c r="J330" s="80"/>
       <c r="K330" s="18"/>
       <c r="L330" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M330" s="22" t="s">
         <v>2143</v>
       </c>
       <c r="N330" s="22"/>
       <c r="O330" s="22"/>
       <c r="P330" s="21"/>
       <c r="Q330" s="21"/>
       <c r="R330" s="16"/>
       <c r="S330" s="16"/>
       <c r="T330" s="16"/>
       <c r="U330" s="16"/>
       <c r="V330" s="16"/>
       <c r="W330" s="16"/>
       <c r="X330" s="16"/>
       <c r="Y330" s="16"/>
       <c r="Z330" s="16"/>
       <c r="AA330" s="16"/>
       <c r="AB330" s="16"/>
       <c r="AC330" s="16"/>
       <c r="AD330" s="16"/>
       <c r="AE330" s="16"/>
       <c r="AF330" s="16"/>
     </row>
     <row r="331" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A331" s="16">
         <v>975</v>
       </c>
       <c r="B331" s="16" t="s">
         <v>2140</v>
       </c>
       <c r="C331" s="17" t="s">
         <v>2144</v>
       </c>
       <c r="D331" s="18" t="s">
         <v>2145</v>
       </c>
       <c r="E331" s="16" t="s">
         <v>2146</v>
       </c>
       <c r="F331" s="16"/>
       <c r="G331" s="18"/>
       <c r="H331" s="19" t="s">
         <v>2147</v>
       </c>
       <c r="I331" s="48"/>
-      <c r="J331" s="85"/>
+      <c r="J331" s="80"/>
       <c r="K331" s="18"/>
       <c r="L331" s="21"/>
       <c r="M331" s="22" t="s">
         <v>1460</v>
       </c>
       <c r="N331" s="22"/>
       <c r="O331" s="22"/>
       <c r="P331" s="21"/>
       <c r="Q331" s="21"/>
       <c r="R331" s="16"/>
       <c r="S331" s="16"/>
       <c r="T331" s="16"/>
       <c r="U331" s="16"/>
       <c r="V331" s="16"/>
       <c r="W331" s="16"/>
       <c r="X331" s="16"/>
       <c r="Y331" s="16"/>
       <c r="Z331" s="16"/>
       <c r="AA331" s="16"/>
       <c r="AB331" s="16"/>
       <c r="AC331" s="16"/>
       <c r="AD331" s="16"/>
       <c r="AE331" s="16"/>
       <c r="AF331" s="16"/>
     </row>
     <row r="332" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A332" s="16">
         <v>982</v>
       </c>
       <c r="B332" s="16" t="s">
         <v>2140</v>
       </c>
       <c r="C332" s="17" t="s">
         <v>2148</v>
       </c>
       <c r="D332" s="18" t="s">
         <v>60</v>
       </c>
       <c r="E332" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F332" s="16">
         <v>49544</v>
       </c>
       <c r="G332" s="18"/>
       <c r="H332" s="19" t="s">
         <v>2149</v>
       </c>
       <c r="I332" s="48"/>
-      <c r="J332" s="85"/>
+      <c r="J332" s="80"/>
       <c r="K332" s="18"/>
       <c r="L332" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M332" s="22" t="s">
         <v>2150</v>
       </c>
       <c r="N332" s="22"/>
       <c r="O332" s="22"/>
       <c r="P332" s="21"/>
       <c r="Q332" s="21"/>
       <c r="R332" s="16"/>
       <c r="S332" s="16"/>
       <c r="T332" s="16"/>
       <c r="U332" s="16"/>
       <c r="V332" s="16"/>
       <c r="W332" s="16"/>
       <c r="X332" s="16"/>
       <c r="Y332" s="16"/>
       <c r="Z332" s="16"/>
       <c r="AA332" s="16"/>
       <c r="AB332" s="16"/>
       <c r="AC332" s="16"/>
       <c r="AD332" s="16"/>
       <c r="AE332" s="16"/>
@@ -30482,51 +30476,51 @@
     </row>
     <row r="333" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A333" s="16">
         <v>984</v>
       </c>
       <c r="B333" s="16" t="s">
         <v>2140</v>
       </c>
       <c r="C333" s="17" t="s">
         <v>2151</v>
       </c>
       <c r="D333" s="18" t="s">
         <v>60</v>
       </c>
       <c r="E333" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F333" s="16">
         <v>49544</v>
       </c>
       <c r="G333" s="18"/>
       <c r="H333" s="19" t="s">
         <v>2152</v>
       </c>
       <c r="I333" s="48"/>
-      <c r="J333" s="85"/>
+      <c r="J333" s="80"/>
       <c r="K333" s="18"/>
       <c r="L333" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M333" s="22" t="s">
         <v>2153</v>
       </c>
       <c r="N333" s="22"/>
       <c r="O333" s="22"/>
       <c r="P333" s="21"/>
       <c r="Q333" s="21"/>
       <c r="R333" s="16"/>
       <c r="S333" s="16"/>
       <c r="T333" s="16"/>
       <c r="U333" s="16"/>
       <c r="V333" s="16"/>
       <c r="W333" s="16"/>
       <c r="X333" s="16"/>
       <c r="Y333" s="16"/>
       <c r="Z333" s="16"/>
       <c r="AA333" s="16"/>
       <c r="AB333" s="16"/>
       <c r="AC333" s="16"/>
       <c r="AD333" s="16"/>
       <c r="AE333" s="16"/>
@@ -30534,51 +30528,51 @@
     </row>
     <row r="334" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A334" s="16">
         <v>985</v>
       </c>
       <c r="B334" s="16" t="s">
         <v>2140</v>
       </c>
       <c r="C334" s="17" t="s">
         <v>2154</v>
       </c>
       <c r="D334" s="18" t="s">
         <v>60</v>
       </c>
       <c r="E334" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F334" s="16">
         <v>49544</v>
       </c>
       <c r="G334" s="18"/>
       <c r="H334" s="19" t="s">
         <v>2155</v>
       </c>
       <c r="I334" s="48"/>
-      <c r="J334" s="85"/>
+      <c r="J334" s="80"/>
       <c r="K334" s="18"/>
       <c r="L334" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M334" s="22" t="s">
         <v>2150</v>
       </c>
       <c r="N334" s="22"/>
       <c r="O334" s="22"/>
       <c r="P334" s="21"/>
       <c r="Q334" s="21"/>
       <c r="R334" s="16"/>
       <c r="S334" s="16"/>
       <c r="T334" s="16"/>
       <c r="U334" s="16"/>
       <c r="V334" s="16"/>
       <c r="W334" s="16"/>
       <c r="X334" s="16"/>
       <c r="Y334" s="16"/>
       <c r="Z334" s="16"/>
       <c r="AA334" s="16"/>
       <c r="AB334" s="16"/>
       <c r="AC334" s="16"/>
       <c r="AD334" s="16"/>
       <c r="AE334" s="16"/>
@@ -30586,51 +30580,51 @@
     </row>
     <row r="335" spans="1:32" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A335" s="16">
         <v>988</v>
       </c>
       <c r="B335" s="16" t="s">
         <v>2140</v>
       </c>
       <c r="C335" s="17" t="s">
         <v>2096</v>
       </c>
       <c r="D335" s="18" t="s">
         <v>1257</v>
       </c>
       <c r="E335" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F335" s="16">
         <v>49418</v>
       </c>
       <c r="G335" s="18"/>
       <c r="H335" s="19" t="s">
         <v>2156</v>
       </c>
       <c r="I335" s="48"/>
-      <c r="J335" s="85"/>
+      <c r="J335" s="80"/>
       <c r="K335" s="18"/>
       <c r="L335" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M335" s="22" t="s">
         <v>2098</v>
       </c>
       <c r="N335" s="22"/>
       <c r="O335" s="22"/>
       <c r="P335" s="21"/>
       <c r="Q335" s="21"/>
       <c r="R335" s="16"/>
       <c r="S335" s="16"/>
       <c r="T335" s="16"/>
       <c r="U335" s="16"/>
       <c r="V335" s="16"/>
       <c r="W335" s="16"/>
       <c r="X335" s="16"/>
       <c r="Y335" s="16"/>
       <c r="Z335" s="16"/>
       <c r="AA335" s="16"/>
       <c r="AB335" s="16"/>
       <c r="AC335" s="16"/>
       <c r="AD335" s="16"/>
       <c r="AE335" s="16"/>
@@ -30640,51 +30634,51 @@
       <c r="A336" s="16">
         <v>989</v>
       </c>
       <c r="B336" s="16" t="s">
         <v>2140</v>
       </c>
       <c r="C336" s="17" t="s">
         <v>400</v>
       </c>
       <c r="D336" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E336" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F336" s="16">
         <v>49544</v>
       </c>
       <c r="G336" s="18"/>
       <c r="H336" s="19" t="s">
         <v>2157</v>
       </c>
       <c r="I336" s="20">
         <v>41250000013</v>
       </c>
-      <c r="J336" s="83"/>
+      <c r="J336" s="20"/>
       <c r="K336" s="18"/>
       <c r="L336" s="21" t="s">
         <v>42</v>
       </c>
       <c r="M336" s="22" t="s">
         <v>1460</v>
       </c>
       <c r="N336" s="22"/>
       <c r="O336" s="22"/>
       <c r="P336" s="21"/>
       <c r="Q336" s="21"/>
       <c r="R336" s="16"/>
       <c r="S336" s="16"/>
       <c r="T336" s="16"/>
       <c r="U336" s="16"/>
       <c r="V336" s="16"/>
       <c r="W336" s="16"/>
       <c r="X336" s="16"/>
       <c r="Y336" s="16"/>
       <c r="Z336" s="16"/>
       <c r="AA336" s="16"/>
       <c r="AB336" s="16"/>
       <c r="AC336" s="16"/>
       <c r="AD336" s="16"/>
       <c r="AE336" s="16"/>
@@ -30759,50 +30753,69 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="616f50a8-dd5d-448a-9146-a3001dd3499c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3e198b58-b491-4bbc-827a-e8f1925e0740" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="bb66cf80-af30-4400-b1a6-2fcc2cef9936" ContentTypeId="0x0101" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004C5CFA3B6DB3514AA0065BE727B28DEB" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ba1bff25b1b3087247819d21b89ce52d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3e198b58-b491-4bbc-827a-e8f1925e0740" xmlns:ns3="e8d9eadb-d059-40b3-a13a-2ce9c736691f" xmlns:ns4="616f50a8-dd5d-448a-9146-a3001dd3499c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0e4932819339b156760deab6d30df16d" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3e198b58-b491-4bbc-827a-e8f1925e0740"/>
     <xsd:import namespace="e8d9eadb-d059-40b3-a13a-2ce9c736691f"/>
     <xsd:import namespace="616f50a8-dd5d-448a-9146-a3001dd3499c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
@@ -31060,122 +31073,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7640A699-E2CF-45D8-A25D-27396F863E24}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="616f50a8-dd5d-448a-9146-a3001dd3499c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="3e198b58-b491-4bbc-827a-e8f1925e0740"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE2DFD0E-C45C-489C-98AE-00235C7F2015}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4063D29-8515-4487-9CD7-1EA3496F6A7B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6E37D25-0AE9-463E-8587-8AA56454C4BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D6A3320-72D7-432D-A0F4-615631903914}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3e198b58-b491-4bbc-827a-e8f1925e0740"/>
     <ds:schemaRef ds:uri="e8d9eadb-d059-40b3-a13a-2ce9c736691f"/>
     <ds:schemaRef ds:uri="616f50a8-dd5d-448a-9146-a3001dd3499c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...22 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>